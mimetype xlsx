--- v0 (2025-10-12)
+++ v1 (2026-01-28)
@@ -8,117 +8,116 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28429"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Z:\Company Files\82 Templates\0 Tax Templates\2024\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Z:\Company Files\82 Templates\0 Tax Templates\2025\Tax\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{F5ECC814-B956-402C-AB2F-771A4D267024}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{863B87F6-990C-420E-BA2F-2741E59E2752}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="16860" yWindow="1830" windowWidth="29565" windowHeight="19440" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="16695" yWindow="3315" windowWidth="29715" windowHeight="27315" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Simplifed Rental Ops" sheetId="14" r:id="rId1"/>
     <sheet name="STR Rules" sheetId="18" r:id="rId2"/>
     <sheet name="Dropdowns" sheetId="16" state="hidden" r:id="rId3"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'Simplifed Rental Ops'!$B:$N</definedName>
   </definedNames>
   <calcPr calcId="191029" iterate="1"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="E23" i="14" l="1"/>
+  <c r="H14" i="14" l="1"/>
+  <c r="E47" i="14"/>
+  <c r="E23" i="14"/>
   <c r="E22" i="14"/>
   <c r="E24" i="14"/>
-  <c r="E42" i="14"/>
+  <c r="E41" i="14"/>
   <c r="E19" i="14"/>
-  <c r="H13" i="14"/>
   <c r="E48" i="14"/>
-  <c r="E47" i="14"/>
   <c r="E46" i="14"/>
   <c r="E45" i="14"/>
-  <c r="E43" i="14"/>
-  <c r="E41" i="14"/>
+  <c r="E44" i="14"/>
+  <c r="E42" i="14"/>
   <c r="E40" i="14"/>
-  <c r="E38" i="14"/>
+  <c r="E39" i="14"/>
   <c r="E37" i="14"/>
   <c r="E36" i="14"/>
   <c r="E35" i="14"/>
   <c r="E33" i="14"/>
   <c r="E32" i="14"/>
   <c r="E31" i="14"/>
   <c r="E30" i="14"/>
   <c r="E28" i="14"/>
   <c r="E27" i="14"/>
   <c r="E26" i="14"/>
   <c r="E20" i="14"/>
   <c r="E18" i="14"/>
   <c r="E17" i="14"/>
   <c r="E15" i="14"/>
   <c r="E10" i="14"/>
   <c r="E9" i="14"/>
-  <c r="N23" i="14"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="195" uniqueCount="165">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="179" uniqueCount="155">
   <si>
     <t>Supplies</t>
   </si>
   <si>
     <t>Utilities</t>
   </si>
   <si>
     <t>Operating Expenses</t>
   </si>
   <si>
     <t>HOA Dues</t>
   </si>
   <si>
     <t>Other 1</t>
   </si>
   <si>
     <t>Other 2</t>
   </si>
   <si>
     <t>Income and Expenses</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Total Cell Phone </t>
     </r>
@@ -184,337 +183,211 @@
   <si>
     <t>Other Tax</t>
   </si>
   <si>
     <t>Utility 1</t>
   </si>
   <si>
     <t>Utility 2</t>
   </si>
   <si>
     <t>Repair 1</t>
   </si>
   <si>
     <t>Repair 2</t>
   </si>
   <si>
     <t>Repair 3</t>
   </si>
   <si>
     <t>Other Expenses</t>
   </si>
   <si>
     <t>Rental Setup (if placed in service this year)</t>
   </si>
   <si>
-    <t>Date Purchased</t>
-[...1 lines deleted...]
-  <si>
     <t>NA</t>
   </si>
   <si>
     <t>Enter Nickname of Property</t>
   </si>
   <si>
-    <t>1-Single Family</t>
-[...16 lines deleted...]
-  <si>
     <t>Enter Rental Type</t>
   </si>
   <si>
     <t>Activity Details</t>
   </si>
   <si>
     <t>Improvement 1</t>
   </si>
   <si>
     <t>Description of Improvement</t>
   </si>
   <si>
     <t>Improvement 2</t>
   </si>
   <si>
     <t>Improvement 3</t>
-  </si>
-[...1 lines deleted...]
-    <t>Property Was Primary Residence</t>
   </si>
   <si>
     <t>Yes</t>
   </si>
   <si>
     <t>No</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Repairs* </t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color rgb="FFFF0000"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>(not improvements)</t>
     </r>
   </si>
   <si>
     <t>Days Used Personally, Family Members</t>
   </si>
   <si>
     <t>Average Stay of Tenants</t>
   </si>
   <si>
     <t>0-7 Days</t>
   </si>
   <si>
     <t>8-30 Days</t>
   </si>
   <si>
     <t>Long-Term</t>
   </si>
   <si>
     <t>Total Miles Driven</t>
   </si>
   <si>
     <t>Auto Loan Interest</t>
   </si>
   <si>
     <t>Auto Personal Property Tax</t>
   </si>
   <si>
     <t>Various Rental Goodies Column</t>
-  </si>
-[...1 lines deleted...]
-    <t>How Many Separate Units Are Available to Rent</t>
   </si>
   <si>
     <r>
       <t>Biz Use</t>
     </r>
     <r>
       <rPr>
         <b/>
         <vertAlign val="superscript"/>
         <sz val="11"/>
         <color theme="0"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>1</t>
     </r>
   </si>
   <si>
     <r>
       <t>Advertising, Marketing</t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>2</t>
     </r>
   </si>
   <si>
     <r>
       <t>Cleaning, Maintenance</t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>2</t>
     </r>
   </si>
   <si>
     <r>
-      <t>Commissions, Fees</t>
+      <t>Management Fees</t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>2</t>
     </r>
   </si>
   <si>
     <r>
-      <t>Legal, Professional, Formation Fees</t>
-[...33 lines deleted...]
-      <t>Original Purchase Price of Property</t>
+      <t>Date Sold</t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>4</t>
     </r>
   </si>
   <si>
     <r>
-      <t>Date Sold</t>
+      <t>Selling Price of Property</t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>4</t>
     </r>
   </si>
   <si>
-    <r>
-[...12 lines deleted...]
-  <si>
     <t>Available Rental Days (calculated)</t>
   </si>
   <si>
-    <t>Days Used Making Repairs (no improvements)</t>
-[...43 lines deleted...]
-  <si>
     <t>Actual Days Rented (might be less than available)</t>
-  </si>
-[...4 lines deleted...]
-    <t>Getting The Property Online Column</t>
   </si>
   <si>
     <t>Management</t>
   </si>
   <si>
     <t>Enter Material Participation</t>
   </si>
   <si>
     <t>I/we did not materially participate as defined</t>
   </si>
   <si>
     <t>I/we spent 500 hours on this activity</t>
   </si>
   <si>
     <t>I/we spent 100 hours and more than others</t>
   </si>
   <si>
     <t>I/we spent substantially all hours spent</t>
   </si>
   <si>
     <t>Enter Property Management</t>
   </si>
   <si>
     <t>Did not use a property management company</t>
   </si>
@@ -554,65 +427,50 @@
     <r>
       <t>Improvements</t>
     </r>
     <r>
       <rPr>
         <b/>
         <vertAlign val="superscript"/>
         <sz val="11"/>
         <color theme="0"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>3</t>
     </r>
   </si>
   <si>
     <t>Bedding, Linens, Towels</t>
   </si>
   <si>
     <t>Kitchenwares</t>
   </si>
   <si>
     <t>Last Date Rented, or Ready And Available to Rent</t>
   </si>
   <si>
-    <t>First Date Ready And Available to Rent</t>
-[...13 lines deleted...]
-  <si>
     <t>Revenue and Operating  Expenses Column</t>
   </si>
   <si>
     <r>
       <t>Rental Property Is Outside Your Tax Home</t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>6</t>
     </r>
   </si>
   <si>
     <t>Legal, Professional, Tax Prep</t>
   </si>
   <si>
     <t>Insurance (e.g., umbrella policy)</t>
   </si>
   <si>
     <t>Other Allocable Expenses 1</t>
   </si>
@@ -780,172 +638,114 @@
       <t>2</t>
     </r>
   </si>
   <si>
     <t>Accounting, Management Software</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Gross Rent on 1099-MISC, 1099-K </t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color rgb="FFFF0000"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>(please submit)</t>
     </r>
   </si>
   <si>
     <t>Property Manager</t>
   </si>
   <si>
     <r>
-      <t xml:space="preserve">Acquisition Costs </t>
-[...8 lines deleted...]
-      <t>(paid outside of closing)</t>
+      <t>Mortgage Interest, Points, Bank Interest</t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>4</t>
     </r>
   </si>
   <si>
     <r>
-      <t>Insurance</t>
+      <t>Real Estate, Property Taxes</t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>4</t>
     </r>
   </si>
   <si>
-    <r>
-[...26 lines deleted...]
-  <si>
     <t>Electricity, Gas, Water, Trash</t>
   </si>
   <si>
     <t>Cable, Satellite, Internet</t>
   </si>
   <si>
     <t>HOA Rental Fees, Local Ordinace Fees</t>
   </si>
   <si>
     <t>Capitalized Furnishing 1</t>
   </si>
   <si>
     <t>Capitalized Furnishing 2</t>
   </si>
   <si>
     <t>Capitalized Furnishing 3</t>
   </si>
   <si>
     <t>Capitalized Furnishing 4</t>
   </si>
   <si>
-    <t>Capitalized Furnishing 5</t>
-[...1 lines deleted...]
-  <si>
     <t>Furnishings (OVER $2,500 Per Item)</t>
   </si>
   <si>
-    <t>Furnishings (UNDER $2,500 Per Item)</t>
-[...1 lines deleted...]
-  <si>
     <t>Patio Items</t>
   </si>
   <si>
     <t>Furniture</t>
   </si>
   <si>
     <t>Tools, Recreation Equipment</t>
   </si>
   <si>
     <t>Hosting, Service Fees (Airbnb, VRBO, etc.)</t>
   </si>
   <si>
     <t>Managemen Fee 1</t>
-  </si>
-[...13 lines deleted...]
-    </r>
   </si>
   <si>
     <r>
       <t>Internet Expense</t>
     </r>
     <r>
       <rPr>
         <b/>
         <vertAlign val="superscript"/>
         <sz val="11"/>
         <color theme="0"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>7</t>
     </r>
   </si>
   <si>
     <r>
       <t>Cell Phone Expense</t>
     </r>
     <r>
       <rPr>
         <b/>
         <vertAlign val="superscript"/>
@@ -970,85 +770,245 @@
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>7</t>
     </r>
   </si>
   <si>
     <t>Security Deposits Received</t>
   </si>
   <si>
     <t xml:space="preserve">Mortgage Balance </t>
   </si>
   <si>
     <t>Owner 1</t>
   </si>
   <si>
     <t>Owner 2</t>
   </si>
   <si>
     <t>Ending Rental Checking Account Balance on 12/31</t>
   </si>
   <si>
     <t>Down Payment, Capital Contributed</t>
   </si>
   <si>
+    <t>Single Family Residence</t>
+  </si>
+  <si>
+    <t>Multi-Unit (duplex, quadplex)</t>
+  </si>
+  <si>
+    <t>Separate Space (basement, attic)</t>
+  </si>
+  <si>
+    <t>ADU, Converted Garage</t>
+  </si>
+  <si>
+    <t>Land</t>
+  </si>
+  <si>
+    <t>Other</t>
+  </si>
+  <si>
+    <r>
+      <t>General Expenses Across All Rental Activities</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="16"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>7</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>How Many Separate Units Are Available to Rent</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>9</t>
+    </r>
+  </si>
+  <si>
     <r>
       <t xml:space="preserve">Balance Sheet </t>
     </r>
     <r>
       <rPr>
         <b/>
         <i/>
         <sz val="11"/>
         <color theme="0"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>(1065 Rental Partnership Tax Prep Only)</t>
     </r>
     <r>
       <rPr>
         <b/>
         <vertAlign val="superscript"/>
         <sz val="11"/>
         <color theme="0"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
-      <t>9</t>
+      <t>10</t>
+    </r>
+  </si>
+  <si>
+    <t>Other 3</t>
+  </si>
+  <si>
+    <t>2025 Simplified Rental Operations Worksheet (the "SRO")</t>
+  </si>
+  <si>
+    <t>Comments (any weird things you want to share?):</t>
+  </si>
+  <si>
+    <t>Furnishings ($2,500 OR LESS Per Item)</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">First Date Ready And Available to Rent </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>in 2025</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Days Used Making Repairs </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>(no improvements)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>Hazard, Landlord Insurance</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>4</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>Commissions, Finder Fees</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>2</t>
+    </r>
+  </si>
+  <si>
+    <t>Other Expenditures Column</t>
+  </si>
+  <si>
+    <t>Other Furnishings 1</t>
+  </si>
+  <si>
+    <t>Other Furnishings 2</t>
+  </si>
+  <si>
+    <t>Date Fully Completed and In Service</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">This used to be our old school Rental Setup block... in the interest of progress, we've moved it to a secure online form.
+There are so many nuances to startup expenses and acquisition costs, and ownership structures, and all kinds of craziness in between. Therefore we needed something more robust. Same flavor yet twice the calories.
+Please see this link to submit pertinent rental property setup information for rentals launched in 2025-
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>wcginc.com/631</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">
+The remaining blocks below might remain valid for rental properties already in service prior to 2025. Feel free to use!</t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="mm/dd/yy;@"/>
   </numFmts>
-  <fonts count="17" x14ac:knownFonts="1">
+  <fonts count="21" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="0"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
@@ -1094,60 +1054,85 @@
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF7030A0"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="14"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
-      <vertAlign val="superscript"/>
-      <sz val="14"/>
+      <i/>
+      <sz val="11"/>
+      <color theme="0"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
+      <sz val="16"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <vertAlign val="superscript"/>
+      <sz val="16"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <color rgb="FF7030A0"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+    </font>
+    <font>
       <i/>
       <sz val="11"/>
-      <color theme="0"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="9">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="9" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="4" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
@@ -1375,144 +1360,131 @@
         <color rgb="FFFF0000"/>
       </left>
       <right/>
       <top/>
       <bottom style="medium">
         <color rgb="FFFF0000"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color rgb="FFFF0000"/>
       </right>
       <top/>
       <bottom style="medium">
         <color rgb="FFFF0000"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="9" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="89">
+  <cellXfs count="95">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="3" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="3" fontId="4" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" indent="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="3" fontId="4" fillId="4" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" indent="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" indent="2"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" indent="2"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="164" fontId="4" fillId="3" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="3" fontId="4" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="9" fontId="4" fillId="2" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" fontId="4" fillId="3" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center"/>
-[...1 lines deleted...]
-    <xf numFmtId="9" fontId="4" fillId="3" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" fontId="4" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="1" fontId="4" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="14" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="1" fontId="4" fillId="3" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="3" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="9" fontId="4" fillId="3" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="3" fontId="4" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="3" fontId="4" fillId="4" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
-    </xf>
-[...2 lines deleted...]
-      <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="4" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="3" fontId="4" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="3" fontId="4" fillId="2" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="9" fontId="4" fillId="2" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" indent="1"/>
     </xf>
     <xf numFmtId="3" fontId="4" fillId="4" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
@@ -1520,142 +1492,165 @@
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" indent="2"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="3" fontId="4" fillId="2" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="9" fontId="4" fillId="3" borderId="4" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="3" fontId="14" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="3" fontId="14" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...67 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="3" fontId="4" fillId="2" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" indent="1"/>
     </xf>
     <xf numFmtId="3" fontId="4" fillId="2" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="3" fontId="4" fillId="4" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="4" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="4" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="7" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="4" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="4" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="8" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Percent" xfId="1" builtinId="5"/>
   </cellStyles>
-  <dxfs count="19">
-[...6 lines deleted...]
-    </dxf>
+  <dxfs count="18">
     <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FFFF7C80"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FFFF7C80"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FFFF7C80"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FFFF7C80"/>
@@ -1742,144 +1737,144 @@
     <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FFFF5050"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FFFF7C80"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FFFF7C80"/>
         </patternFill>
       </fill>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
+      <color rgb="FFCCCCFF"/>
       <color rgb="FF00FFCC"/>
+      <color rgb="FFFF99FF"/>
       <color rgb="FFFF5050"/>
       <color rgb="FFFFCC99"/>
       <color rgb="FFFF7C80"/>
-      <color rgb="FFFF99FF"/>
-      <color rgb="FFCCCCFF"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>14</xdr:col>
-      <xdr:colOff>219075</xdr:colOff>
-[...1 lines deleted...]
-      <xdr:rowOff>23811</xdr:rowOff>
+      <xdr:colOff>219074</xdr:colOff>
+      <xdr:row>0</xdr:row>
+      <xdr:rowOff>226217</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>21</xdr:col>
-      <xdr:colOff>95250</xdr:colOff>
+      <xdr:col>23</xdr:col>
+      <xdr:colOff>535781</xdr:colOff>
       <xdr:row>47</xdr:row>
       <xdr:rowOff>214312</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="2" name="TextBox 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A3F0AD43-7FDD-37A6-F801-035D1FCC0AC4}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr txBox="1"/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="18018919" y="250030"/>
-          <a:ext cx="4126706" cy="10787063"/>
+          <a:off x="18018918" y="226217"/>
+          <a:ext cx="5781676" cy="10834689"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:solidFill>
           <a:schemeClr val="bg1">
             <a:lumMod val="95000"/>
           </a:schemeClr>
         </a:solidFill>
         <a:ln w="38100" cmpd="sng">
           <a:solidFill>
-            <a:srgbClr val="FF0000"/>
+            <a:srgbClr val="7030A0"/>
           </a:solidFill>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="dk1"/>
         </a:fontRef>
       </xdr:style>
       <xdr:txBody>
         <a:bodyPr vertOverflow="clip" horzOverflow="clip" wrap="square" rtlCol="0" anchor="t"/>
         <a:lstStyle/>
         <a:p>
           <a:r>
             <a:rPr lang="en-US" sz="1600" b="1" i="1">
               <a:solidFill>
-                <a:srgbClr val="FF0000"/>
+                <a:srgbClr val="7030A0"/>
               </a:solidFill>
             </a:rPr>
             <a:t>Considerations-</a:t>
           </a:r>
         </a:p>
         <a:p>
           <a:endParaRPr lang="en-US" sz="1100"/>
         </a:p>
         <a:p>
           <a:r>
             <a:rPr lang="en-US" sz="1100">
               <a:solidFill>
                 <a:srgbClr val="FF0000"/>
               </a:solidFill>
             </a:rPr>
             <a:t>1</a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1100"/>
             <a:t> Business Use will vary for two reasons. First, a rental started</a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1100" baseline="0"/>
             <a:t> mid-year, so annual expenses such as mortgage interest are pro-rated. Second, if you own it with someone else who is not your spouse. In the second situation, you can either pro-rate the expense first and then assign 100%, or record the full amount and use the business use percentage. We prefer the latter. Yes, you could have both situations as well.</a:t>
           </a:r>
@@ -2142,108 +2137,233 @@
             <a:effectLst/>
             <a:latin typeface="+mn-lt"/>
             <a:ea typeface="+mn-ea"/>
             <a:cs typeface="+mn-cs"/>
           </a:endParaRPr>
         </a:p>
         <a:p>
           <a:pPr marL="0" marR="0" lvl="0" indent="0" defTabSz="914400" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
             <a:lnSpc>
               <a:spcPct val="100000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPts val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPts val="0"/>
             </a:spcAft>
             <a:buClrTx/>
             <a:buSzTx/>
             <a:buFontTx/>
             <a:buNone/>
             <a:tabLst/>
             <a:defRPr/>
           </a:pPr>
           <a:r>
+            <a:rPr lang="en-US" sz="1100" b="1" i="0" baseline="0">
+              <a:solidFill>
+                <a:srgbClr val="FF0000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:rPr>
+            <a:t>9</a:t>
+          </a:r>
+          <a:r>
+            <a:rPr lang="en-US" sz="1100" i="0" baseline="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:rPr>
+            <a:t> If you have multiple units that are on the same land, and they are the same rental activity (e.g., long-term, short-term, etc.), then you can combine on this spreadsheet. If they are different (e.g., house is long-term, ADU is short-term), then please submit two SROs.</a:t>
+          </a:r>
+          <a:endParaRPr lang="en-US">
+            <a:effectLst/>
+          </a:endParaRPr>
+        </a:p>
+        <a:p>
+          <a:pPr marL="0" marR="0" lvl="0" indent="0" defTabSz="914400" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+            <a:lnSpc>
+              <a:spcPct val="100000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPts val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPts val="0"/>
+            </a:spcAft>
+            <a:buClrTx/>
+            <a:buSzTx/>
+            <a:buFontTx/>
+            <a:buNone/>
+            <a:tabLst/>
+            <a:defRPr/>
+          </a:pPr>
+          <a:endParaRPr lang="en-US" sz="1100" i="0" baseline="0">
+            <a:solidFill>
+              <a:schemeClr val="dk1"/>
+            </a:solidFill>
+            <a:effectLst/>
+            <a:latin typeface="+mn-lt"/>
+            <a:ea typeface="+mn-ea"/>
+            <a:cs typeface="+mn-cs"/>
+          </a:endParaRPr>
+        </a:p>
+        <a:p>
+          <a:pPr marL="0" marR="0" lvl="0" indent="0" defTabSz="914400" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+            <a:lnSpc>
+              <a:spcPct val="100000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPts val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPts val="0"/>
+            </a:spcAft>
+            <a:buClrTx/>
+            <a:buSzTx/>
+            <a:buFontTx/>
+            <a:buNone/>
+            <a:tabLst/>
+            <a:defRPr/>
+          </a:pPr>
+          <a:r>
             <a:rPr lang="en-US" b="1">
               <a:solidFill>
                 <a:srgbClr val="FF0000"/>
               </a:solidFill>
               <a:effectLst/>
             </a:rPr>
-            <a:t>9</a:t>
+            <a:t>10</a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US">
               <a:effectLst/>
             </a:rPr>
             <a:t> WCG always prepares</a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" baseline="0">
               <a:effectLst/>
             </a:rPr>
             <a:t> a full balance sheet in all business entity tax returns including rental partnership tax returns. It is simply good accounting, and helps down the road when partners come and go.</a:t>
           </a:r>
           <a:endParaRPr lang="en-US">
             <a:effectLst/>
           </a:endParaRPr>
         </a:p>
         <a:p>
           <a:endParaRPr lang="en-US" sz="1100" baseline="0"/>
         </a:p>
         <a:p>
           <a:r>
             <a:rPr lang="en-US" sz="1100" baseline="0"/>
-            <a:t>Please upload this lovely completed SRO to your Sharefile folder-</a:t>
+            <a:t>Please upload this lovely completed SRO (which resembles Monopoly cards, No?) to your ShareFile folder-</a:t>
           </a:r>
         </a:p>
         <a:p>
           <a:endParaRPr lang="en-US" sz="1100" baseline="0"/>
         </a:p>
         <a:p>
           <a:r>
             <a:rPr lang="en-US" sz="1100" b="1" baseline="0"/>
             <a:t>wcginc.com/sharefile</a:t>
           </a:r>
         </a:p>
         <a:p>
           <a:endParaRPr lang="en-US" sz="1100" baseline="0"/>
         </a:p>
         <a:p>
           <a:r>
             <a:rPr lang="en-US" sz="1100" baseline="0"/>
-            <a:t>This spreadsdheet is intentionally simplified and there might be questions. Let's chat! Our rental book is a great resource too-</a:t>
+            <a:t>This spreadsdheet is intentionally simplified and there might be questions. Let's chat! </a:t>
+          </a:r>
+          <a:r>
+            <a:rPr lang="en-US" sz="1100" b="0" baseline="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:rPr>
+            <a:t>WCG has the Rental Expert Pod (the REP) and they monitor our Rental Property forum at-</a:t>
+          </a:r>
+        </a:p>
+        <a:p>
+          <a:endParaRPr lang="en-US">
+            <a:effectLst/>
+          </a:endParaRPr>
+        </a:p>
+        <a:p>
+          <a:r>
+            <a:rPr lang="en-US" sz="1100" b="1" baseline="0">
+              <a:solidFill>
+                <a:srgbClr val="7030A0"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:rPr>
+            <a:t>wcginc.com/forum</a:t>
+          </a:r>
+        </a:p>
+        <a:p>
+          <a:endParaRPr lang="en-US">
+            <a:effectLst/>
+          </a:endParaRPr>
+        </a:p>
+        <a:p>
+          <a:r>
+            <a:rPr lang="en-US" sz="1100" baseline="0"/>
+            <a:t>Need more help? Our rental book is a great resource too-</a:t>
           </a:r>
         </a:p>
         <a:p>
           <a:endParaRPr lang="en-US" sz="1100" baseline="0"/>
         </a:p>
         <a:p>
           <a:r>
             <a:rPr lang="en-US" sz="1100" b="1" baseline="0"/>
             <a:t>wcginc.com/book</a:t>
+          </a:r>
+        </a:p>
+        <a:p>
+          <a:endParaRPr lang="en-US" sz="1100" b="1" baseline="0"/>
+        </a:p>
+        <a:p>
+          <a:r>
+            <a:rPr lang="en-US" sz="1100" b="0" baseline="0"/>
+            <a:t>Thank you!</a:t>
           </a:r>
         </a:p>
         <a:p>
           <a:endParaRPr lang="en-US" sz="1100" b="1" baseline="0"/>
         </a:p>
         <a:p>
           <a:r>
             <a:rPr lang="en-US" sz="1100" b="1" baseline="0"/>
             <a:t>WCG CPAs &amp; Advisors</a:t>
           </a:r>
         </a:p>
         <a:p>
           <a:endParaRPr lang="en-US" sz="1100" b="1" baseline="0"/>
         </a:p>
         <a:p>
           <a:r>
             <a:rPr lang="en-US" sz="1100" b="0" baseline="0"/>
             <a:t>719-387-9800</a:t>
           </a:r>
         </a:p>
         <a:p>
           <a:r>
             <a:rPr lang="en-US" sz="1100" b="0" baseline="0"/>
             <a:t>taxsupport@wcginc.com</a:t>
           </a:r>
@@ -2712,1385 +2832,1342 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0A00-000000000000}">
   <sheetPr>
     <tabColor theme="9" tint="0.59999389629810485"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="B2:N53"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
       <selection activeCell="B2" sqref="B2:N2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="18" customHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="2.7109375" style="4" customWidth="1"/>
     <col min="2" max="2" width="50.7109375" style="4" customWidth="1"/>
     <col min="3" max="3" width="10.7109375" style="5" customWidth="1"/>
     <col min="4" max="4" width="1.7109375" style="4" customWidth="1"/>
-    <col min="5" max="5" width="8.7109375" style="32" customWidth="1"/>
+    <col min="5" max="5" width="8.7109375" style="29" customWidth="1"/>
     <col min="6" max="6" width="2.7109375" style="4" customWidth="1"/>
     <col min="7" max="7" width="50.7109375" style="4" customWidth="1"/>
     <col min="8" max="8" width="10.7109375" style="4" customWidth="1"/>
     <col min="9" max="9" width="2.7109375" style="4" customWidth="1"/>
     <col min="10" max="10" width="50.7109375" style="4" customWidth="1"/>
     <col min="11" max="11" width="10.7109375" style="4" customWidth="1"/>
     <col min="12" max="12" width="2.7109375" style="4" customWidth="1"/>
     <col min="13" max="13" width="50.7109375" style="4" customWidth="1"/>
     <col min="14" max="14" width="10.7109375" style="4" customWidth="1"/>
     <col min="15" max="16384" width="9.140625" style="4"/>
   </cols>
   <sheetData>
-    <row r="2" spans="2:14" s="17" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B2" s="60" t="s">
+    <row r="2" spans="2:14" s="16" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B2" s="66" t="s">
         <v>10</v>
       </c>
-      <c r="C2" s="60"/>
-[...13 lines deleted...]
-      <c r="B3" s="60" t="s">
+      <c r="C2" s="66"/>
+      <c r="D2" s="66"/>
+      <c r="E2" s="66"/>
+      <c r="F2" s="66"/>
+      <c r="G2" s="66"/>
+      <c r="H2" s="66"/>
+      <c r="I2" s="66"/>
+      <c r="J2" s="66"/>
+      <c r="K2" s="66"/>
+      <c r="L2" s="66"/>
+      <c r="M2" s="66"/>
+      <c r="N2" s="66"/>
+    </row>
+    <row r="3" spans="2:14" s="16" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B3" s="66" t="s">
         <v>11</v>
       </c>
-      <c r="C3" s="60"/>
-[...10 lines deleted...]
-      <c r="N3" s="60"/>
+      <c r="C3" s="66"/>
+      <c r="D3" s="66"/>
+      <c r="E3" s="66"/>
+      <c r="F3" s="66"/>
+      <c r="G3" s="66"/>
+      <c r="H3" s="66"/>
+      <c r="I3" s="66"/>
+      <c r="J3" s="66"/>
+      <c r="K3" s="66"/>
+      <c r="L3" s="66"/>
+      <c r="M3" s="66"/>
+      <c r="N3" s="66"/>
     </row>
     <row r="4" spans="2:14" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B4" s="61" t="s">
-[...13 lines deleted...]
-      <c r="N4" s="61"/>
+      <c r="B4" s="67" t="s">
+        <v>143</v>
+      </c>
+      <c r="C4" s="67"/>
+      <c r="D4" s="67"/>
+      <c r="E4" s="67"/>
+      <c r="F4" s="67"/>
+      <c r="G4" s="67"/>
+      <c r="H4" s="67"/>
+      <c r="I4" s="67"/>
+      <c r="J4" s="67"/>
+      <c r="K4" s="67"/>
+      <c r="L4" s="67"/>
+      <c r="M4" s="67"/>
+      <c r="N4" s="67"/>
     </row>
     <row r="5" spans="2:14" ht="18" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B5" s="56"/>
-[...36 lines deleted...]
-    <row r="7" spans="2:14" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3"/>
+      <c r="B5" s="52"/>
+      <c r="C5" s="53"/>
+      <c r="D5" s="52"/>
+      <c r="E5" s="54"/>
+      <c r="F5" s="52"/>
+      <c r="G5" s="52"/>
+      <c r="H5" s="52"/>
+      <c r="I5" s="52"/>
+      <c r="J5" s="52"/>
+      <c r="K5" s="52"/>
+      <c r="L5" s="52"/>
+      <c r="M5" s="52"/>
+      <c r="N5" s="52"/>
+    </row>
+    <row r="6" spans="2:14" ht="35.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B6" s="70" t="s">
+        <v>72</v>
+      </c>
+      <c r="C6" s="70"/>
+      <c r="D6" s="70"/>
+      <c r="E6" s="70"/>
+      <c r="F6" s="55"/>
+      <c r="G6" s="80" t="s">
+        <v>44</v>
+      </c>
+      <c r="H6" s="80"/>
+      <c r="I6" s="55"/>
+      <c r="J6" s="74" t="s">
+        <v>150</v>
+      </c>
+      <c r="K6" s="74"/>
+      <c r="L6" s="55"/>
+      <c r="M6" s="77" t="s">
+        <v>139</v>
+      </c>
+      <c r="N6" s="77"/>
+    </row>
+    <row r="7" spans="2:14" ht="5.0999999999999996" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B7" s="64"/>
+      <c r="C7" s="64"/>
+      <c r="D7" s="64"/>
+      <c r="E7" s="64"/>
+      <c r="F7" s="55"/>
+      <c r="G7" s="64"/>
+      <c r="H7" s="64"/>
+      <c r="I7" s="55"/>
+      <c r="J7" s="64"/>
+      <c r="K7" s="64"/>
+      <c r="L7" s="55"/>
+      <c r="M7" s="64"/>
+      <c r="N7" s="64"/>
+    </row>
     <row r="8" spans="2:14" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B8" s="62" t="s">
+      <c r="B8" s="68" t="s">
         <v>6</v>
       </c>
-      <c r="C8" s="65"/>
-[...12 lines deleted...]
-      <c r="M8" s="62" t="s">
+      <c r="C8" s="71"/>
+      <c r="D8" s="27"/>
+      <c r="E8" s="37" t="s">
+        <v>45</v>
+      </c>
+      <c r="G8" s="68" t="s">
+        <v>28</v>
+      </c>
+      <c r="H8" s="69"/>
+      <c r="J8" s="72" t="s">
         <v>24</v>
       </c>
-      <c r="N8" s="63"/>
+      <c r="K8" s="73"/>
+      <c r="M8" s="68" t="s">
+        <v>126</v>
+      </c>
+      <c r="N8" s="69"/>
     </row>
     <row r="9" spans="2:14" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B9" s="6" t="s">
-        <v>133</v>
-[...17 lines deleted...]
-      </c>
+        <v>107</v>
+      </c>
+      <c r="C9" s="45">
+        <v>0</v>
+      </c>
+      <c r="E9" s="30">
+        <f>K$22</f>
+        <v>0</v>
+      </c>
+      <c r="G9" s="78" t="s">
+        <v>26</v>
+      </c>
+      <c r="H9" s="79"/>
+      <c r="J9" s="91" t="s">
+        <v>154</v>
+      </c>
+      <c r="K9" s="92"/>
       <c r="M9" s="6" t="s">
-        <v>62</v>
+        <v>90</v>
       </c>
       <c r="N9" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="10" spans="2:14" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B10" s="6" t="s">
         <v>12</v>
       </c>
-      <c r="C10" s="49">
-[...15 lines deleted...]
-      </c>
+      <c r="C10" s="45">
+        <v>0</v>
+      </c>
+      <c r="E10" s="30">
+        <f>K$22</f>
+        <v>0</v>
+      </c>
+      <c r="G10" s="78" t="s">
+        <v>27</v>
+      </c>
+      <c r="H10" s="79"/>
+      <c r="J10" s="91"/>
+      <c r="K10" s="92"/>
       <c r="M10" s="6" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>45292</v>
+        <v>91</v>
+      </c>
+      <c r="N10" s="7">
+        <v>0</v>
       </c>
     </row>
     <row r="11" spans="2:14" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B11" s="10"/>
-      <c r="E11" s="34"/>
+      <c r="E11" s="31"/>
       <c r="G11" s="6" t="s">
-        <v>93</v>
-[...9 lines deleted...]
-      </c>
+        <v>140</v>
+      </c>
+      <c r="H11" s="24">
+        <v>1</v>
+      </c>
+      <c r="J11" s="91"/>
+      <c r="K11" s="92"/>
       <c r="M11" s="6" t="s">
-        <v>135</v>
-[...1 lines deleted...]
-      <c r="N11" s="11"/>
+        <v>92</v>
+      </c>
+      <c r="N11" s="7">
+        <v>0</v>
+      </c>
     </row>
     <row r="12" spans="2:14" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B12" s="10" t="s">
-        <v>105</v>
-[...5 lines deleted...]
-      <c r="E12" s="68"/>
+        <v>79</v>
+      </c>
+      <c r="C12" s="75" t="s">
+        <v>87</v>
+      </c>
+      <c r="D12" s="75"/>
+      <c r="E12" s="76"/>
       <c r="G12" s="6" t="s">
-        <v>92</v>
-[...11 lines deleted...]
-      </c>
+        <v>146</v>
+      </c>
+      <c r="H12" s="19">
+        <v>45658</v>
+      </c>
+      <c r="J12" s="91"/>
+      <c r="K12" s="92"/>
+      <c r="M12" s="6"/>
+      <c r="N12" s="38"/>
     </row>
     <row r="13" spans="2:14" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B13" s="10"/>
-      <c r="C13" s="52"/>
-      <c r="E13" s="34"/>
+      <c r="C13" s="48"/>
+      <c r="E13" s="31"/>
       <c r="G13" s="6" t="s">
-        <v>65</v>
-[...12 lines deleted...]
-        <v>67</v>
+        <v>71</v>
+      </c>
+      <c r="H13" s="19">
+        <v>46022</v>
+      </c>
+      <c r="J13" s="91"/>
+      <c r="K13" s="92"/>
+      <c r="M13" s="6" t="s">
+        <v>93</v>
       </c>
       <c r="N13" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="2:14" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B14" s="8" t="s">
         <v>2</v>
       </c>
-      <c r="C14" s="52"/>
-[...14 lines deleted...]
-        <v>68</v>
+      <c r="C14" s="48"/>
+      <c r="E14" s="31"/>
+      <c r="G14" s="6" t="s">
+        <v>51</v>
+      </c>
+      <c r="H14" s="26">
+        <f>H13-H12+1</f>
+        <v>365</v>
+      </c>
+      <c r="J14" s="91"/>
+      <c r="K14" s="92"/>
+      <c r="M14" s="6" t="s">
+        <v>94</v>
       </c>
       <c r="N14" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="2:14" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B15" s="9" t="s">
-        <v>55</v>
-[...6 lines deleted...]
-        <v>1</v>
+        <v>46</v>
+      </c>
+      <c r="C15" s="45">
+        <v>0</v>
+      </c>
+      <c r="E15" s="30">
+        <f>K$22</f>
+        <v>0</v>
       </c>
       <c r="G15" s="12" t="s">
-        <v>44</v>
-[...11 lines deleted...]
-        <v>58</v>
+        <v>52</v>
+      </c>
+      <c r="H15" s="20">
+        <v>0</v>
+      </c>
+      <c r="J15" s="91"/>
+      <c r="K15" s="92"/>
+      <c r="M15" s="6" t="s">
+        <v>95</v>
       </c>
       <c r="N15" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="2:14" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B16" s="9" t="s">
-        <v>131</v>
-[...2 lines deleted...]
-      <c r="E16" s="35"/>
+        <v>105</v>
+      </c>
+      <c r="C16" s="44"/>
+      <c r="E16" s="32"/>
       <c r="G16" s="12" t="s">
-        <v>66</v>
-[...11 lines deleted...]
-        <v>4</v>
+        <v>36</v>
+      </c>
+      <c r="H16" s="20">
+        <v>0</v>
+      </c>
+      <c r="J16" s="91"/>
+      <c r="K16" s="92"/>
+      <c r="M16" s="6" t="s">
+        <v>96</v>
       </c>
       <c r="N16" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="2:14" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B17" s="9" t="s">
-        <v>56</v>
-[...5 lines deleted...]
-        <f>N$22</f>
+        <v>47</v>
+      </c>
+      <c r="C17" s="45">
+        <v>0</v>
+      </c>
+      <c r="E17" s="30">
+        <f>K$22</f>
+        <v>0</v>
+      </c>
+      <c r="G17" s="12" t="s">
+        <v>147</v>
+      </c>
+      <c r="H17" s="20">
+        <v>0</v>
+      </c>
+      <c r="J17" s="91"/>
+      <c r="K17" s="92"/>
+      <c r="M17" s="6" t="s">
         <v>1</v>
-      </c>
-[...13 lines deleted...]
-        <v>5</v>
       </c>
       <c r="N17" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="2:14" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B18" s="9" t="s">
-        <v>57</v>
-[...14 lines deleted...]
-      <c r="J18" s="6" t="s">
+        <v>149</v>
+      </c>
+      <c r="C18" s="45">
+        <v>0</v>
+      </c>
+      <c r="E18" s="30">
+        <f>K$22</f>
+        <v>0</v>
+      </c>
+      <c r="G18" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="H18" s="20" t="s">
+        <v>40</v>
+      </c>
+      <c r="J18" s="91"/>
+      <c r="K18" s="92"/>
+      <c r="M18" s="6" t="s">
         <v>3</v>
       </c>
-      <c r="K18" s="7">
-[...6 lines deleted...]
-        <v>42</v>
+      <c r="N18" s="7">
+        <v>0</v>
       </c>
     </row>
     <row r="19" spans="2:14" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B19" s="9" t="s">
-        <v>136</v>
-[...6 lines deleted...]
-        <v>1</v>
+        <v>148</v>
+      </c>
+      <c r="C19" s="45">
+        <v>0</v>
+      </c>
+      <c r="E19" s="30">
+        <f>K$22</f>
+        <v>0</v>
       </c>
       <c r="G19" s="6" t="s">
-        <v>63</v>
-[...9 lines deleted...]
-      </c>
+        <v>49</v>
+      </c>
+      <c r="H19" s="19" t="s">
+        <v>25</v>
+      </c>
+      <c r="J19" s="91"/>
+      <c r="K19" s="92"/>
       <c r="M19" s="6" t="s">
-        <v>70</v>
+        <v>97</v>
       </c>
       <c r="N19" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="2:14" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B20" s="9" t="s">
-        <v>88</v>
-[...19 lines deleted...]
-      </c>
+        <v>67</v>
+      </c>
+      <c r="C20" s="45">
+        <v>0</v>
+      </c>
+      <c r="E20" s="30">
+        <f>K$22</f>
+        <v>0</v>
+      </c>
+      <c r="G20" s="40" t="s">
+        <v>50</v>
+      </c>
+      <c r="H20" s="39">
+        <v>0</v>
+      </c>
+      <c r="J20" s="91"/>
+      <c r="K20" s="92"/>
       <c r="M20" s="6" t="s">
-        <v>95</v>
-[...2 lines deleted...]
-        <v>42</v>
+        <v>98</v>
+      </c>
+      <c r="N20" s="7">
+        <v>0</v>
       </c>
     </row>
     <row r="21" spans="2:14" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B21" s="9" t="s">
-        <v>59</v>
-[...5 lines deleted...]
-      <c r="J21" s="13" t="s">
+        <v>48</v>
+      </c>
+      <c r="C21" s="44"/>
+      <c r="E21" s="32"/>
+      <c r="G21" s="21"/>
+      <c r="H21" s="21"/>
+      <c r="J21" s="91"/>
+      <c r="K21" s="92"/>
+      <c r="M21" s="13" t="s">
         <v>4</v>
       </c>
-      <c r="K21" s="7">
-[...6 lines deleted...]
-        <v>42</v>
+      <c r="N21" s="7">
+        <v>0</v>
       </c>
     </row>
     <row r="22" spans="2:14" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="B22" s="18" t="s">
-[...13 lines deleted...]
-      <c r="J22" s="14" t="s">
+      <c r="B22" s="17" t="s">
+        <v>122</v>
+      </c>
+      <c r="C22" s="45">
+        <v>0</v>
+      </c>
+      <c r="E22" s="30">
+        <f>K$22</f>
+        <v>0</v>
+      </c>
+      <c r="G22" s="68" t="s">
+        <v>53</v>
+      </c>
+      <c r="H22" s="69"/>
+      <c r="J22" s="93"/>
+      <c r="K22" s="94"/>
+      <c r="M22" s="14" t="s">
         <v>5</v>
       </c>
-      <c r="K22" s="43">
-[...6 lines deleted...]
-        <v>1</v>
+      <c r="N22" s="39">
+        <v>0</v>
       </c>
     </row>
     <row r="23" spans="2:14" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="B23" s="18" t="s">
-[...7 lines deleted...]
-        <v>1</v>
+      <c r="B23" s="17" t="s">
+        <v>108</v>
+      </c>
+      <c r="C23" s="45">
+        <v>0</v>
+      </c>
+      <c r="E23" s="30">
+        <f>K$22</f>
+        <v>0</v>
       </c>
       <c r="G23" s="6" t="s">
-        <v>99</v>
-[...21 lines deleted...]
-        <v>1</v>
+        <v>73</v>
+      </c>
+      <c r="H23" s="23" t="s">
+        <v>34</v>
+      </c>
+      <c r="J23" s="16"/>
+      <c r="K23" s="16"/>
+    </row>
+    <row r="24" spans="2:14" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B24" s="18" t="s">
+        <v>123</v>
+      </c>
+      <c r="C24" s="45">
+        <v>0</v>
+      </c>
+      <c r="E24" s="30">
+        <f>K$22</f>
+        <v>0</v>
       </c>
       <c r="G24" s="6" t="s">
-        <v>104</v>
-[...7 lines deleted...]
-      <c r="K24" s="63"/>
+        <v>78</v>
+      </c>
+      <c r="H24" s="23" t="s">
+        <v>34</v>
+      </c>
+      <c r="J24" s="68" t="s">
+        <v>68</v>
+      </c>
+      <c r="K24" s="69"/>
+      <c r="M24" s="68" t="s">
+        <v>125</v>
+      </c>
+      <c r="N24" s="69"/>
     </row>
     <row r="25" spans="2:14" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B25" s="9" t="s">
-        <v>137</v>
-[...2 lines deleted...]
-      <c r="E25" s="35"/>
+        <v>109</v>
+      </c>
+      <c r="C25" s="44"/>
+      <c r="E25" s="32"/>
       <c r="G25" s="6" t="s">
-        <v>84</v>
-[...2 lines deleted...]
-        <v>85</v>
+        <v>63</v>
+      </c>
+      <c r="H25" s="23" t="s">
+        <v>64</v>
       </c>
       <c r="J25" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="K25" s="11"/>
+      <c r="M25" s="6" t="s">
         <v>7</v>
       </c>
-      <c r="K25" s="7">
-[...5 lines deleted...]
-      <c r="N25" s="63"/>
+      <c r="N25" s="7">
+        <v>0</v>
+      </c>
     </row>
     <row r="26" spans="2:14" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="B26" s="19" t="s">
+      <c r="B26" s="18" t="s">
         <v>13</v>
       </c>
-      <c r="C26" s="49">
-[...4 lines deleted...]
-        <v>1</v>
+      <c r="C26" s="45">
+        <v>0</v>
+      </c>
+      <c r="E26" s="30">
+        <f>K$22</f>
+        <v>0</v>
       </c>
       <c r="G26" s="6" t="s">
-        <v>106</v>
-[...4 lines deleted...]
-      <c r="J26" s="44" t="s">
+        <v>80</v>
+      </c>
+      <c r="H26" s="23" t="s">
+        <v>34</v>
+      </c>
+      <c r="J26" s="15" t="s">
+        <v>30</v>
+      </c>
+      <c r="K26" s="7">
+        <v>0</v>
+      </c>
+      <c r="M26" s="40" t="s">
         <v>8</v>
       </c>
-      <c r="K26" s="45">
-[...5 lines deleted...]
-      <c r="N26" s="11"/>
+      <c r="N26" s="41">
+        <v>0</v>
+      </c>
     </row>
     <row r="27" spans="2:14" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="B27" s="19" t="s">
+      <c r="B27" s="18" t="s">
         <v>14</v>
       </c>
-      <c r="C27" s="49">
-[...14 lines deleted...]
-        <v>0</v>
+      <c r="C27" s="45">
+        <v>0</v>
+      </c>
+      <c r="E27" s="30">
+        <f>K$22</f>
+        <v>0</v>
+      </c>
+      <c r="G27" s="78" t="s">
+        <v>54</v>
+      </c>
+      <c r="H27" s="79"/>
+      <c r="J27" s="33" t="s">
+        <v>153</v>
+      </c>
+      <c r="K27" s="19" t="s">
+        <v>25</v>
       </c>
     </row>
     <row r="28" spans="2:14" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="B28" s="19" t="s">
+      <c r="B28" s="18" t="s">
         <v>15</v>
       </c>
-      <c r="C28" s="49">
-[...19 lines deleted...]
-      </c>
+      <c r="C28" s="45">
+        <v>0</v>
+      </c>
+      <c r="E28" s="30">
+        <f>K$22</f>
+        <v>0</v>
+      </c>
+      <c r="G28" s="81" t="s">
+        <v>59</v>
+      </c>
+      <c r="H28" s="82"/>
+      <c r="J28" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="K28" s="11"/>
+      <c r="M28" s="68" t="s">
+        <v>124</v>
+      </c>
+      <c r="N28" s="69"/>
     </row>
     <row r="29" spans="2:14" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B29" s="9" t="s">
-        <v>43</v>
-[...3 lines deleted...]
-      <c r="J29" s="6" t="s">
+        <v>35</v>
+      </c>
+      <c r="C29" s="44"/>
+      <c r="E29" s="32"/>
+      <c r="J29" s="15" t="s">
+        <v>30</v>
+      </c>
+      <c r="K29" s="7">
+        <v>0</v>
+      </c>
+      <c r="M29" s="6" t="s">
         <v>9</v>
       </c>
-      <c r="K29" s="7">
-[...5 lines deleted...]
-      <c r="N29" s="11"/>
+      <c r="N29" s="7">
+        <v>0</v>
+      </c>
     </row>
     <row r="30" spans="2:14" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="B30" s="19" t="s">
+      <c r="B30" s="18" t="s">
         <v>20</v>
       </c>
-      <c r="C30" s="49">
-[...10 lines deleted...]
-      <c r="J30" s="44" t="s">
+      <c r="C30" s="45">
+        <v>0</v>
+      </c>
+      <c r="E30" s="30">
+        <f>K$22</f>
+        <v>0</v>
+      </c>
+      <c r="G30" s="68" t="s">
+        <v>104</v>
+      </c>
+      <c r="H30" s="69"/>
+      <c r="J30" s="33" t="s">
+        <v>153</v>
+      </c>
+      <c r="K30" s="19" t="s">
+        <v>25</v>
+      </c>
+      <c r="M30" s="40" t="s">
         <v>8</v>
       </c>
-      <c r="K30" s="45">
-[...5 lines deleted...]
-      <c r="N30" s="7">
+      <c r="N30" s="41">
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="2:14" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="B31" s="19" t="s">
+      <c r="B31" s="18" t="s">
         <v>21</v>
       </c>
-      <c r="C31" s="49">
-[...4 lines deleted...]
-        <v>1</v>
+      <c r="C31" s="45">
+        <v>0</v>
+      </c>
+      <c r="E31" s="30">
+        <f>K$22</f>
+        <v>0</v>
       </c>
       <c r="G31" s="6" t="s">
-        <v>128</v>
+        <v>102</v>
       </c>
       <c r="H31" s="11"/>
-      <c r="M31" s="15" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="J31" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="K31" s="11"/>
     </row>
     <row r="32" spans="2:14" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B32" s="19" t="s">
+      <c r="B32" s="18" t="s">
         <v>22</v>
       </c>
-      <c r="C32" s="49">
-[...7 lines deleted...]
-        <v>126</v>
+      <c r="C32" s="45">
+        <v>0</v>
+      </c>
+      <c r="E32" s="30">
+        <f>K$22</f>
+        <v>0</v>
+      </c>
+      <c r="G32" s="43" t="s">
+        <v>100</v>
       </c>
       <c r="H32" s="7">
         <v>0</v>
       </c>
-      <c r="J32" s="62" t="s">
-[...8 lines deleted...]
-    <row r="33" spans="2:14" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="J32" s="15" t="s">
+        <v>30</v>
+      </c>
+      <c r="K32" s="7">
+        <v>0</v>
+      </c>
+      <c r="M32" s="68" t="s">
+        <v>99</v>
+      </c>
+      <c r="N32" s="69"/>
+    </row>
+    <row r="33" spans="2:14" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B33" s="9" t="s">
         <v>0</v>
       </c>
-      <c r="C33" s="49">
-[...7 lines deleted...]
-        <v>49</v>
+      <c r="C33" s="45">
+        <v>0</v>
+      </c>
+      <c r="E33" s="30">
+        <f>K$22</f>
+        <v>0</v>
+      </c>
+      <c r="G33" s="43" t="s">
+        <v>41</v>
       </c>
       <c r="H33" s="7">
         <v>0</v>
       </c>
-      <c r="J33" s="8" t="s">
-[...6 lines deleted...]
-        <v>37</v>
+      <c r="J33" s="65" t="s">
+        <v>153</v>
+      </c>
+      <c r="K33" s="22" t="s">
+        <v>25</v>
+      </c>
+      <c r="M33" s="8" t="s">
+        <v>74</v>
       </c>
       <c r="N33" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="34" spans="2:14" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B34" s="9" t="s">
         <v>16</v>
       </c>
-      <c r="C34" s="48"/>
-[...2 lines deleted...]
-        <v>50</v>
+      <c r="C34" s="44"/>
+      <c r="E34" s="32"/>
+      <c r="G34" s="43" t="s">
+        <v>42</v>
       </c>
       <c r="H34" s="7">
         <v>0</v>
       </c>
-      <c r="J34" s="38" t="s">
+      <c r="M34" s="34" t="s">
+        <v>75</v>
+      </c>
+      <c r="N34" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="35" spans="2:14" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B35" s="17" t="s">
+        <v>110</v>
+      </c>
+      <c r="C35" s="45">
+        <v>0</v>
+      </c>
+      <c r="E35" s="30">
+        <f>K$22</f>
+        <v>0</v>
+      </c>
+      <c r="G35" s="43" t="s">
+        <v>43</v>
+      </c>
+      <c r="H35" s="7">
+        <v>0</v>
+      </c>
+      <c r="J35" s="68" t="s">
+        <v>145</v>
+      </c>
+      <c r="K35" s="69"/>
+      <c r="M35" s="34" t="s">
+        <v>82</v>
+      </c>
+      <c r="N35" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="36" spans="2:14" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B36" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C36" s="45">
+        <v>0</v>
+      </c>
+      <c r="E36" s="30">
+        <f>K$22</f>
+        <v>0</v>
+      </c>
+      <c r="G36" s="6"/>
+      <c r="H36" s="42"/>
+      <c r="J36" s="6" t="s">
+        <v>69</v>
+      </c>
+      <c r="K36" s="7">
+        <v>0</v>
+      </c>
+      <c r="M36" s="34" t="s">
+        <v>106</v>
+      </c>
+      <c r="N36" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="37" spans="2:14" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B37" s="17" t="s">
+        <v>17</v>
+      </c>
+      <c r="C37" s="45">
+        <v>0</v>
+      </c>
+      <c r="E37" s="30">
+        <f>K$22</f>
+        <v>0</v>
+      </c>
+      <c r="G37" s="6" t="s">
         <v>101</v>
       </c>
-      <c r="K34" s="7">
-[...70 lines deleted...]
-      </c>
       <c r="H37" s="7">
         <v>0</v>
       </c>
-      <c r="J37" s="39" t="s">
-        <v>102</v>
+      <c r="J37" s="6" t="s">
+        <v>70</v>
       </c>
       <c r="K37" s="7">
         <v>0</v>
       </c>
-      <c r="M37" s="6" t="s">
-        <v>90</v>
+      <c r="M37" s="35" t="s">
+        <v>76</v>
       </c>
       <c r="N37" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="38" spans="2:14" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B38" s="9" t="s">
-        <v>0</v>
-[...5 lines deleted...]
-        <f>N$22</f>
         <v>1</v>
       </c>
-      <c r="G38" s="44" t="s">
-[...5 lines deleted...]
-      <c r="J38" s="40" t="s">
+      <c r="C38" s="44"/>
+      <c r="E38" s="32"/>
+      <c r="G38" s="40" t="s">
         <v>103</v>
       </c>
-      <c r="K38" s="43">
-[...5 lines deleted...]
-      <c r="N38" s="7">
+      <c r="H38" s="39">
+        <v>0</v>
+      </c>
+      <c r="J38" s="6" t="s">
+        <v>120</v>
+      </c>
+      <c r="K38" s="7">
+        <v>0</v>
+      </c>
+      <c r="M38" s="36" t="s">
+        <v>77</v>
+      </c>
+      <c r="N38" s="39">
         <v>0</v>
       </c>
     </row>
     <row r="39" spans="2:14" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="B39" s="9" t="s">
-[...7 lines deleted...]
-      <c r="N39" s="7">
+      <c r="B39" s="17" t="s">
+        <v>111</v>
+      </c>
+      <c r="C39" s="45">
+        <v>0</v>
+      </c>
+      <c r="E39" s="30">
+        <f>K$22</f>
+        <v>0</v>
+      </c>
+      <c r="J39" s="6" t="s">
+        <v>119</v>
+      </c>
+      <c r="K39" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="40" spans="2:14" ht="18" customHeight="1" thickTop="1" x14ac:dyDescent="0.25">
-      <c r="B40" s="18" t="s">
-[...25 lines deleted...]
-    <row r="41" spans="2:14" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B40" s="17" t="s">
+        <v>112</v>
+      </c>
+      <c r="C40" s="45">
+        <v>0</v>
+      </c>
+      <c r="E40" s="30">
+        <f>K$22</f>
+        <v>0</v>
+      </c>
+      <c r="G40" s="89" t="s">
+        <v>141</v>
+      </c>
+      <c r="H40" s="90"/>
+      <c r="J40" s="6" t="s">
+        <v>121</v>
+      </c>
+      <c r="K40" s="7">
+        <v>0</v>
+      </c>
+      <c r="L40" s="47"/>
+      <c r="M40" s="83" t="s">
+        <v>144</v>
+      </c>
+      <c r="N40" s="84"/>
+    </row>
+    <row r="41" spans="2:14" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B41" s="18" t="s">
-        <v>140</v>
-[...17 lines deleted...]
-      <c r="M41" s="44" t="s">
+        <v>18</v>
+      </c>
+      <c r="C41" s="45">
+        <v>0</v>
+      </c>
+      <c r="E41" s="30">
+        <f>K$22</f>
+        <v>0</v>
+      </c>
+      <c r="G41" s="56" t="s">
+        <v>131</v>
+      </c>
+      <c r="H41" s="57">
+        <v>0</v>
+      </c>
+      <c r="J41" s="62" t="s">
         <v>151</v>
       </c>
-      <c r="N41" s="43">
-[...1 lines deleted...]
-      </c>
+      <c r="K41" s="7">
+        <v>0</v>
+      </c>
+      <c r="L41" s="47"/>
+      <c r="M41" s="85"/>
+      <c r="N41" s="86"/>
     </row>
     <row r="42" spans="2:14" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="B42" s="19" t="s">
-[...20 lines deleted...]
-      <c r="B43" s="19" t="s">
+      <c r="B42" s="18" t="s">
         <v>19</v>
       </c>
-      <c r="C43" s="49">
-[...16 lines deleted...]
-      <c r="N43" s="63"/>
+      <c r="C42" s="45">
+        <v>0</v>
+      </c>
+      <c r="E42" s="30">
+        <f>K$22</f>
+        <v>0</v>
+      </c>
+      <c r="G42" s="56" t="s">
+        <v>127</v>
+      </c>
+      <c r="H42" s="57">
+        <v>0</v>
+      </c>
+      <c r="J42" s="63" t="s">
+        <v>152</v>
+      </c>
+      <c r="K42" s="39">
+        <v>0</v>
+      </c>
+      <c r="L42" s="47"/>
+      <c r="M42" s="85"/>
+      <c r="N42" s="86"/>
+    </row>
+    <row r="43" spans="2:14" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B43" s="9" t="s">
+        <v>23</v>
+      </c>
+      <c r="C43" s="44"/>
+      <c r="E43" s="32"/>
+      <c r="G43" s="56" t="s">
+        <v>128</v>
+      </c>
+      <c r="H43" s="61"/>
+      <c r="L43" s="47"/>
+      <c r="M43" s="85"/>
+      <c r="N43" s="86"/>
     </row>
     <row r="44" spans="2:14" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B44" s="9" t="s">
-[...4 lines deleted...]
-      <c r="G44" s="85" t="s">
+      <c r="B44" s="17" t="s">
+        <v>3</v>
+      </c>
+      <c r="C44" s="45">
+        <v>0</v>
+      </c>
+      <c r="E44" s="30">
+        <f>K$22</f>
+        <v>0</v>
+      </c>
+      <c r="G44" s="58" t="s">
         <v>13</v>
       </c>
-      <c r="H44" s="84">
-[...11 lines deleted...]
-      </c>
+      <c r="H44" s="57">
+        <v>0</v>
+      </c>
+      <c r="I44" s="46"/>
+      <c r="J44" s="68" t="s">
+        <v>118</v>
+      </c>
+      <c r="K44" s="69"/>
+      <c r="L44" s="47"/>
+      <c r="M44" s="85"/>
+      <c r="N44" s="86"/>
     </row>
     <row r="45" spans="2:14" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B45" s="18" t="s">
-[...9 lines deleted...]
-      <c r="G45" s="85" t="s">
+      <c r="B45" s="17" t="s">
+        <v>113</v>
+      </c>
+      <c r="C45" s="45">
+        <v>0</v>
+      </c>
+      <c r="E45" s="30">
+        <f>K$22</f>
+        <v>0</v>
+      </c>
+      <c r="G45" s="58" t="s">
         <v>14</v>
       </c>
-      <c r="H45" s="84">
-[...11 lines deleted...]
-      </c>
+      <c r="H45" s="57">
+        <v>0</v>
+      </c>
+      <c r="I45" s="46"/>
+      <c r="J45" s="62" t="s">
+        <v>114</v>
+      </c>
+      <c r="K45" s="7">
+        <v>0</v>
+      </c>
+      <c r="L45" s="47"/>
+      <c r="M45" s="85"/>
+      <c r="N45" s="86"/>
     </row>
     <row r="46" spans="2:14" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B46" s="18" t="s">
-        <v>141</v>
-[...21 lines deleted...]
-      </c>
+        <v>4</v>
+      </c>
+      <c r="C46" s="45">
+        <v>0</v>
+      </c>
+      <c r="E46" s="30">
+        <f>K$22</f>
+        <v>0</v>
+      </c>
+      <c r="G46" s="56" t="s">
+        <v>132</v>
+      </c>
+      <c r="H46" s="61"/>
+      <c r="I46" s="46"/>
+      <c r="J46" s="62" t="s">
+        <v>115</v>
+      </c>
+      <c r="K46" s="7">
+        <v>0</v>
+      </c>
+      <c r="L46" s="47"/>
+      <c r="M46" s="85"/>
+      <c r="N46" s="86"/>
     </row>
     <row r="47" spans="2:14" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B47" s="19" t="s">
-[...24 lines deleted...]
-      </c>
+      <c r="B47" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="C47" s="45">
+        <v>0</v>
+      </c>
+      <c r="E47" s="30">
+        <f>K$22</f>
+        <v>0</v>
+      </c>
+      <c r="G47" s="58" t="s">
+        <v>129</v>
+      </c>
+      <c r="H47" s="57">
+        <v>0</v>
+      </c>
+      <c r="I47" s="46"/>
+      <c r="J47" s="62" t="s">
+        <v>116</v>
+      </c>
+      <c r="K47" s="7">
+        <v>0</v>
+      </c>
+      <c r="L47" s="47"/>
+      <c r="M47" s="85"/>
+      <c r="N47" s="86"/>
     </row>
     <row r="48" spans="2:14" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="B48" s="53" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="B48" s="49" t="s">
+        <v>142</v>
+      </c>
+      <c r="C48" s="50">
+        <v>0</v>
+      </c>
+      <c r="D48" s="28"/>
+      <c r="E48" s="51">
+        <f>K$22</f>
+        <v>0</v>
+      </c>
+      <c r="G48" s="59" t="s">
+        <v>130</v>
+      </c>
+      <c r="H48" s="60">
+        <v>0</v>
+      </c>
+      <c r="I48" s="46"/>
+      <c r="J48" s="63" t="s">
+        <v>117</v>
+      </c>
+      <c r="K48" s="39">
+        <v>0</v>
+      </c>
+      <c r="L48" s="47"/>
+      <c r="M48" s="87"/>
+      <c r="N48" s="88"/>
     </row>
     <row r="49" spans="7:14" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="G49" s="51"/>
-[...4 lines deleted...]
-      <c r="L49" s="50"/>
+      <c r="G49" s="47"/>
+      <c r="H49" s="47"/>
+      <c r="I49" s="47"/>
+      <c r="J49" s="47"/>
+      <c r="K49" s="47"/>
+      <c r="L49" s="46"/>
     </row>
     <row r="50" spans="7:14" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="G50" s="51"/>
-[...6 lines deleted...]
-      <c r="N50" s="50"/>
+      <c r="G50" s="47"/>
+      <c r="H50" s="47"/>
+      <c r="I50" s="47"/>
+      <c r="L50" s="46"/>
+      <c r="M50" s="46"/>
+      <c r="N50" s="46"/>
     </row>
     <row r="51" spans="7:14" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="G51" s="51"/>
-      <c r="H51" s="51"/>
+      <c r="G51" s="47"/>
+      <c r="H51" s="47"/>
     </row>
     <row r="52" spans="7:14" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="G52" s="51"/>
-      <c r="H52" s="51"/>
+      <c r="G52" s="47"/>
+      <c r="H52" s="47"/>
     </row>
     <row r="53" spans="7:14" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="G53" s="51"/>
-      <c r="H53" s="51"/>
+      <c r="G53" s="47"/>
+      <c r="H53" s="47"/>
     </row>
   </sheetData>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="B16:B48">
     <sortCondition ref="B15"/>
   </sortState>
-  <mergeCells count="26">
-[...2 lines deleted...]
-    <mergeCell ref="J32:K32"/>
+  <mergeCells count="27">
+    <mergeCell ref="J44:K44"/>
+    <mergeCell ref="M28:N28"/>
+    <mergeCell ref="M32:N32"/>
     <mergeCell ref="G6:H6"/>
     <mergeCell ref="G30:H30"/>
-    <mergeCell ref="M36:N36"/>
+    <mergeCell ref="J35:K35"/>
     <mergeCell ref="G27:H27"/>
     <mergeCell ref="G28:H28"/>
-    <mergeCell ref="J40:K48"/>
+    <mergeCell ref="M40:N48"/>
     <mergeCell ref="G40:H40"/>
+    <mergeCell ref="J9:K22"/>
     <mergeCell ref="B2:N2"/>
     <mergeCell ref="B3:N3"/>
     <mergeCell ref="B4:N4"/>
-    <mergeCell ref="M25:N25"/>
+    <mergeCell ref="J24:K24"/>
     <mergeCell ref="B6:E6"/>
     <mergeCell ref="B8:C8"/>
+    <mergeCell ref="J8:K8"/>
+    <mergeCell ref="J6:K6"/>
     <mergeCell ref="M8:N8"/>
+    <mergeCell ref="C12:E12"/>
     <mergeCell ref="M6:N6"/>
-    <mergeCell ref="J8:K8"/>
-[...1 lines deleted...]
-    <mergeCell ref="J6:K6"/>
     <mergeCell ref="G8:H8"/>
     <mergeCell ref="G9:H9"/>
     <mergeCell ref="G10:H10"/>
     <mergeCell ref="G22:H22"/>
-    <mergeCell ref="J24:K24"/>
+    <mergeCell ref="M24:N24"/>
   </mergeCells>
   <phoneticPr fontId="13" type="noConversion"/>
   <conditionalFormatting sqref="B2">
-    <cfRule type="cellIs" dxfId="18" priority="35" operator="equal">
+    <cfRule type="cellIs" dxfId="17" priority="39" operator="equal">
       <formula>"Enter Your Name"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="B3">
-    <cfRule type="cellIs" dxfId="17" priority="32" operator="equal">
+    <cfRule type="cellIs" dxfId="16" priority="36" operator="equal">
       <formula>"Enter Full Rental Address"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="B4">
-    <cfRule type="cellIs" dxfId="16" priority="36" stopIfTrue="1" operator="equal">
+    <cfRule type="cellIs" dxfId="15" priority="40" stopIfTrue="1" operator="equal">
       <formula>"Client Name"</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="C12">
-    <cfRule type="cellIs" dxfId="15" priority="13" operator="equal">
+  <conditionalFormatting sqref="G40:H40">
+    <cfRule type="cellIs" dxfId="14" priority="5" operator="equal">
       <formula>"Enter Rental Type"</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="G9:H9">
-    <cfRule type="cellIs" dxfId="14" priority="7" operator="equal">
+  <conditionalFormatting sqref="G10:I21 C12">
+    <cfRule type="cellIs" dxfId="13" priority="17" operator="equal">
+      <formula>"Enter Rental Type"</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="G9:J9">
+    <cfRule type="cellIs" dxfId="12" priority="11" operator="equal">
       <formula>"Enter Nickname of Property"</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="G10:H21">
-    <cfRule type="cellIs" dxfId="13" priority="6" operator="equal">
+  <conditionalFormatting sqref="H23:H26">
+    <cfRule type="cellIs" dxfId="11" priority="9" operator="equal">
       <formula>"Enter Rental Type"</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="G27:H27">
-    <cfRule type="cellIs" dxfId="12" priority="4" operator="equal">
+  <conditionalFormatting sqref="J30">
+    <cfRule type="cellIs" dxfId="10" priority="2" operator="equal">
+      <formula>"Enter Property Management"</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="J33">
+    <cfRule type="cellIs" dxfId="9" priority="1" operator="equal">
+      <formula>"Enter Property Management"</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="J44">
+    <cfRule type="cellIs" dxfId="8" priority="6" operator="equal">
+      <formula>"Enter Rental Type"</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="J8:K8 J9">
+    <cfRule type="cellIs" dxfId="7" priority="34" operator="equal">
+      <formula>"Enter Rental Type"</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="J24:K24">
+    <cfRule type="cellIs" dxfId="6" priority="33" operator="equal">
+      <formula>"Enter Rental Type"</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="J26:K26 G27:I27">
+    <cfRule type="cellIs" dxfId="5" priority="8" operator="equal">
       <formula>"Enter Material Participation"</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="G28:H28">
-    <cfRule type="cellIs" dxfId="11" priority="3" operator="equal">
+  <conditionalFormatting sqref="J27:K27 G28:I28">
+    <cfRule type="cellIs" dxfId="4" priority="7" operator="equal">
       <formula>"Enter Property Management"</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="G40:H40">
-    <cfRule type="cellIs" dxfId="10" priority="1" operator="equal">
+  <conditionalFormatting sqref="J35:K35">
+    <cfRule type="cellIs" dxfId="3" priority="24" operator="equal">
       <formula>"Enter Rental Type"</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="H23:H26">
-    <cfRule type="cellIs" dxfId="9" priority="5" operator="equal">
+  <conditionalFormatting sqref="K27">
+    <cfRule type="cellIs" dxfId="2" priority="32" operator="equal">
       <formula>"Enter Rental Type"</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="M43">
-    <cfRule type="cellIs" dxfId="8" priority="2" operator="equal">
+  <conditionalFormatting sqref="K30">
+    <cfRule type="cellIs" dxfId="1" priority="29" operator="equal">
       <formula>"Enter Rental Type"</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="M8:N10 M21:N21">
-[...35 lines deleted...]
-    <cfRule type="cellIs" dxfId="0" priority="24" operator="equal">
+  <conditionalFormatting sqref="K33">
+    <cfRule type="cellIs" dxfId="0" priority="28" operator="equal">
       <formula>"Enter Rental Type"</formula>
     </cfRule>
   </conditionalFormatting>
   <dataValidations count="1">
-    <dataValidation type="date" showInputMessage="1" showErrorMessage="1" sqref="H11:H12" xr:uid="{6F7D8F61-D89D-4288-ADE5-DF2784BE1926}">
-[...1 lines deleted...]
-      <formula2>45657</formula2>
+    <dataValidation type="date" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="H12:H13" xr:uid="{854168A7-3605-4729-A0BA-1325CBA0AB25}">
+      <formula1>45658</formula1>
+      <formula2>46022</formula2>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.5" header="0.3" footer="0.3"/>
-  <pageSetup scale="64" orientation="landscape" r:id="rId1"/>
+  <pageSetup scale="51" orientation="landscape" r:id="rId1"/>
   <headerFooter>
-    <oddFooter>&amp;L&amp;D &amp;T&amp;CWCG's 2024 Simplified Rental Operations (the "SRO") Worksheet</oddFooter>
+    <oddFooter>&amp;L&amp;D &amp;T&amp;CWCG's 2025 Simplified Rental Operations (the "SRO") Worksheet</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
       <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="8">
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{EE4269CD-0533-40CE-8082-6A4F0F13264E}">
           <x14:formula1>
             <xm:f>Dropdowns!$A$1:$A$7</xm:f>
           </x14:formula1>
           <xm:sqref>G10:H10</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{02639B48-4902-45CA-BF32-A4EC92EEE379}">
           <x14:formula1>
             <xm:f>Dropdowns!$A$10:$A$11</xm:f>
           </x14:formula1>
-          <xm:sqref>N20:N21 N18 H23:H24</xm:sqref>
+          <xm:sqref>H23:H24</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{B0B79948-49FD-42E6-965D-A56F7EE89D11}">
           <x14:formula1>
             <xm:f>Dropdowns!$A$14:$A$16</xm:f>
           </x14:formula1>
-          <xm:sqref>H17</xm:sqref>
+          <xm:sqref>H18</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{16EC0402-FDBD-4092-B93E-0387E0C33E78}">
           <x14:formula1>
             <xm:f>Dropdowns!$A$20:$A$24</xm:f>
           </x14:formula1>
           <xm:sqref>G27:H27</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{3BF6EAB3-E1D4-4A6C-B25E-331CE8D46661}">
           <x14:formula1>
             <xm:f>Dropdowns!$A$26:$A$29</xm:f>
           </x14:formula1>
           <xm:sqref>G28:H28</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{69EBA75E-EB42-4533-A69A-901DF9460E36}">
           <x14:formula1>
             <xm:f>Dropdowns!$A$31:$A$32</xm:f>
           </x14:formula1>
           <xm:sqref>H25</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{4969437A-3C56-4DCF-B324-A69AC2B29CAE}">
           <x14:formula1>
             <xm:f>Dropdowns!$A$9:$A$12</xm:f>
           </x14:formula1>
           <xm:sqref>H26</xm:sqref>
         </x14:dataValidation>
@@ -4105,242 +4182,242 @@
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{61E4961D-9763-4D1F-85E7-AFE67DF8C8CF}">
   <sheetPr>
     <tabColor theme="5" tint="0.59999389629810485"/>
   </sheetPr>
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView topLeftCell="A22" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <sheetData/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{80F50738-CE3A-4E03-A18A-7CFA74244134}">
   <dimension ref="A1:A53"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="A40" sqref="A40"/>
+      <selection activeCell="A7" sqref="A7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="39" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A1" s="2" t="s">
-        <v>34</v>
+        <v>27</v>
       </c>
     </row>
     <row r="2" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A2" t="s">
-        <v>28</v>
+        <v>133</v>
       </c>
     </row>
     <row r="3" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A3" t="s">
-        <v>29</v>
+        <v>134</v>
       </c>
     </row>
     <row r="4" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A4" t="s">
-        <v>30</v>
+        <v>136</v>
       </c>
     </row>
     <row r="5" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A5" t="s">
-        <v>31</v>
+        <v>135</v>
       </c>
     </row>
     <row r="6" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A6" t="s">
-        <v>32</v>
+        <v>137</v>
       </c>
     </row>
     <row r="7" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A7" t="s">
-        <v>33</v>
+        <v>138</v>
       </c>
     </row>
     <row r="8" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A8" s="1"/>
     </row>
     <row r="9" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A9" s="3" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
     </row>
     <row r="10" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A10" s="3" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
     </row>
     <row r="11" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A11" s="3" t="s">
-        <v>42</v>
+        <v>34</v>
       </c>
     </row>
     <row r="12" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A12" s="3" t="s">
-        <v>107</v>
+        <v>81</v>
       </c>
     </row>
     <row r="13" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A13" s="3"/>
     </row>
     <row r="14" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A14" s="3" t="s">
-        <v>46</v>
+        <v>38</v>
       </c>
     </row>
     <row r="15" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A15" s="3" t="s">
-        <v>47</v>
+        <v>39</v>
       </c>
     </row>
     <row r="16" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A16" s="3" t="s">
-        <v>48</v>
+        <v>40</v>
       </c>
     </row>
     <row r="17" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A17" s="3"/>
     </row>
     <row r="18" spans="1:1" x14ac:dyDescent="0.2">
-      <c r="A18" s="28">
+      <c r="A18" s="25">
         <v>45657</v>
       </c>
     </row>
     <row r="19" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A19" s="1"/>
     </row>
     <row r="20" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A20" s="3" t="s">
-        <v>75</v>
+        <v>54</v>
       </c>
     </row>
     <row r="21" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A21" s="3" t="s">
-        <v>76</v>
+        <v>55</v>
       </c>
     </row>
     <row r="22" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A22" s="3" t="s">
-        <v>77</v>
+        <v>56</v>
       </c>
     </row>
     <row r="23" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A23" s="3" t="s">
-        <v>78</v>
+        <v>57</v>
       </c>
     </row>
     <row r="24" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A24" s="3" t="s">
-        <v>79</v>
+        <v>58</v>
       </c>
     </row>
     <row r="25" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A25" s="1"/>
     </row>
     <row r="26" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A26" s="3" t="s">
-        <v>80</v>
+        <v>59</v>
       </c>
     </row>
     <row r="27" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A27" s="3" t="s">
-        <v>81</v>
+        <v>60</v>
       </c>
     </row>
     <row r="28" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A28" s="3" t="s">
-        <v>82</v>
+        <v>61</v>
       </c>
     </row>
     <row r="29" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A29" s="3" t="s">
-        <v>83</v>
+        <v>62</v>
       </c>
     </row>
     <row r="30" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A30" s="3"/>
     </row>
     <row r="31" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A31" s="3" t="s">
-        <v>85</v>
+        <v>64</v>
       </c>
     </row>
     <row r="32" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A32" s="3" t="s">
-        <v>86</v>
+        <v>65</v>
       </c>
     </row>
     <row r="33" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A33" s="1"/>
     </row>
     <row r="34" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A34" s="3" t="s">
-        <v>114</v>
+        <v>88</v>
       </c>
     </row>
     <row r="35" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A35" s="3" t="s">
-        <v>111</v>
+        <v>85</v>
       </c>
     </row>
     <row r="36" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A36" s="3" t="s">
-        <v>110</v>
+        <v>84</v>
       </c>
     </row>
     <row r="37" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A37" s="3" t="s">
-        <v>109</v>
+        <v>83</v>
       </c>
     </row>
     <row r="38" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A38" s="3" t="s">
-        <v>115</v>
+        <v>89</v>
       </c>
     </row>
     <row r="39" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A39" s="3" t="s">
-        <v>112</v>
+        <v>86</v>
       </c>
     </row>
     <row r="40" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A40" s="3" t="s">
-        <v>113</v>
+        <v>87</v>
       </c>
     </row>
     <row r="41" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A41" s="3"/>
     </row>
     <row r="42" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A42" s="1"/>
     </row>
     <row r="43" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A43" s="1"/>
     </row>
     <row r="44" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A44" s="1"/>
     </row>
     <row r="45" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A45" s="3"/>
     </row>
     <row r="46" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A46" s="3"/>
     </row>
     <row r="47" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A47" s="3"/>
     </row>
     <row r="48" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A48" s="3"/>