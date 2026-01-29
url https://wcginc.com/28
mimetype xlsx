--- v0 (2025-10-06)
+++ v1 (2026-01-29)
@@ -4,56 +4,56 @@
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28429"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Z:\Company Files\82 Templates\9 Masters\All Years Templates\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Z:\Company Files\82 Templates\0 Tax Templates\2025\Tax\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{0AD96CEF-4358-405A-AF83-938E5FCCDF00}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{5D9559F1-8446-48AC-B5D0-A107A2D546AC}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="22395" yWindow="1455" windowWidth="19890" windowHeight="23250" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="17490" yWindow="2310" windowWidth="21900" windowHeight="28725" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Simplifed Accountable Plan" sheetId="14" r:id="rId1"/>
     <sheet name="Dropdowns" sheetId="16" state="hidden" r:id="rId2"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="104" uniqueCount="98">
   <si>
     <t>Supplies</t>
   </si>
   <si>
@@ -661,58 +661,58 @@
     <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="3" fontId="5" fillId="2" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="9" fontId="5" fillId="2" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="164" fontId="5" fillId="3" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="4" fillId="4" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="4" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="6">
     <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FFFF7C80"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FFFF7C80"/>
         </patternFill>
       </fill>
@@ -753,75 +753,75 @@
       <color rgb="FFFF99FF"/>
       <color rgb="FFCCCCFF"/>
       <color rgb="FFFF5050"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>4</xdr:col>
-      <xdr:colOff>361950</xdr:colOff>
+      <xdr:colOff>28575</xdr:colOff>
       <xdr:row>1</xdr:row>
-      <xdr:rowOff>266700</xdr:rowOff>
+      <xdr:rowOff>19051</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>11</xdr:col>
-[...2 lines deleted...]
-      <xdr:rowOff>52389</xdr:rowOff>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>600075</xdr:colOff>
+      <xdr:row>31</xdr:row>
+      <xdr:rowOff>38101</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="2" name="TextBox 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BE58780C-FA72-486B-B264-DC3F14B2DE66}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr txBox="1"/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="4953000" y="390525"/>
-          <a:ext cx="4336256" cy="8186739"/>
+          <a:off x="4619625" y="142876"/>
+          <a:ext cx="4229100" cy="7048500"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:solidFill>
           <a:schemeClr val="bg1">
             <a:lumMod val="95000"/>
           </a:schemeClr>
         </a:solidFill>
         <a:ln w="38100" cmpd="sng">
           <a:solidFill>
             <a:srgbClr val="FF0000"/>
           </a:solidFill>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
@@ -1390,137 +1390,137 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0A00-000000000000}">
   <sheetPr>
     <tabColor theme="9" tint="0.59999389629810485"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="B1:D56"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="G43" sqref="G43"/>
+      <selection activeCell="B2" sqref="B2:C2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="18" customHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="3.7109375" style="6" customWidth="1"/>
     <col min="2" max="2" width="50.7109375" style="6" customWidth="1"/>
     <col min="3" max="3" width="10.7109375" style="6" customWidth="1"/>
     <col min="4" max="4" width="3.7109375" style="6" customWidth="1"/>
     <col min="5" max="16384" width="9.140625" style="6"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:4" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B1" s="18"/>
       <c r="C1" s="18"/>
       <c r="D1" s="18"/>
     </row>
     <row r="2" spans="2:4" s="16" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B2" s="25" t="s">
+      <c r="B2" s="23" t="s">
         <v>78</v>
       </c>
-      <c r="C2" s="25"/>
+      <c r="C2" s="23"/>
       <c r="D2" s="21"/>
     </row>
     <row r="3" spans="2:4" s="16" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B3" s="25" t="s">
+      <c r="B3" s="23" t="s">
         <v>97</v>
       </c>
-      <c r="C3" s="25"/>
+      <c r="C3" s="23"/>
       <c r="D3" s="21"/>
     </row>
     <row r="4" spans="2:4" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B4" s="27" t="s">
         <v>96</v>
       </c>
       <c r="C4" s="27"/>
       <c r="D4" s="17"/>
     </row>
     <row r="5" spans="2:4" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B5" s="19" t="s">
         <v>88</v>
       </c>
       <c r="C5" s="22" t="s">
         <v>92</v>
       </c>
       <c r="D5" s="22"/>
     </row>
     <row r="6" spans="2:4" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B6" s="18"/>
       <c r="C6" s="18"/>
       <c r="D6" s="18"/>
     </row>
     <row r="7" spans="2:4" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B7" s="26" t="s">
         <v>87</v>
       </c>
       <c r="C7" s="26"/>
     </row>
     <row r="8" spans="2:4" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3"/>
     <row r="9" spans="2:4" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B9" s="23" t="s">
+      <c r="B9" s="24" t="s">
         <v>66</v>
       </c>
-      <c r="C9" s="24"/>
+      <c r="C9" s="25"/>
     </row>
     <row r="10" spans="2:4" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B10" s="7" t="s">
         <v>67</v>
       </c>
       <c r="C10" s="8">
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="2:4" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B11" s="7" t="s">
         <v>74</v>
       </c>
       <c r="C11" s="20">
-        <v>45292</v>
+        <v>45658</v>
       </c>
     </row>
     <row r="12" spans="2:4" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B12" s="7" t="s">
         <v>84</v>
       </c>
       <c r="C12" s="20">
-        <v>45657</v>
+        <v>46022</v>
       </c>
     </row>
     <row r="13" spans="2:4" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B13" s="7" t="s">
         <v>14</v>
       </c>
       <c r="C13" s="8">
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="2:4" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B14" s="7" t="s">
         <v>15</v>
       </c>
       <c r="C14" s="8">
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="2:4" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B15" s="7"/>
       <c r="C15" s="9"/>
     </row>
     <row r="16" spans="2:4" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B16" s="7" t="s">
         <v>79</v>
@@ -1589,100 +1589,100 @@
       <c r="B24" s="7" t="s">
         <v>18</v>
       </c>
       <c r="C24" s="8">
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="2:3" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B25" s="10" t="s">
         <v>19</v>
       </c>
       <c r="C25" s="8">
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="2:3" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B26" s="11" t="s">
         <v>20</v>
       </c>
       <c r="C26" s="12">
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="2:3" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3"/>
     <row r="28" spans="2:3" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B28" s="23" t="s">
+      <c r="B28" s="24" t="s">
         <v>25</v>
       </c>
-      <c r="C28" s="24"/>
+      <c r="C28" s="25"/>
     </row>
     <row r="29" spans="2:3" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B29" s="7" t="s">
         <v>75</v>
       </c>
       <c r="C29" s="8">
         <v>0</v>
       </c>
     </row>
     <row r="30" spans="2:3" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B30" s="13" t="s">
         <v>76</v>
       </c>
       <c r="C30" s="14">
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="2:3" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3"/>
     <row r="32" spans="2:3" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B32" s="23" t="s">
+      <c r="B32" s="24" t="s">
         <v>4</v>
       </c>
-      <c r="C32" s="24"/>
+      <c r="C32" s="25"/>
     </row>
     <row r="33" spans="2:3" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B33" s="7" t="s">
         <v>85</v>
       </c>
       <c r="C33" s="8">
         <v>0</v>
       </c>
     </row>
     <row r="34" spans="2:3" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B34" s="13" t="s">
         <v>76</v>
       </c>
       <c r="C34" s="14">
         <v>0</v>
       </c>
     </row>
     <row r="35" spans="2:3" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3"/>
     <row r="36" spans="2:3" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B36" s="23" t="s">
+      <c r="B36" s="24" t="s">
         <v>77</v>
       </c>
-      <c r="C36" s="24"/>
+      <c r="C36" s="25"/>
     </row>
     <row r="37" spans="2:3" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B37" s="2" t="s">
         <v>61</v>
       </c>
       <c r="C37" s="8">
         <v>0</v>
       </c>
     </row>
     <row r="38" spans="2:3" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B38" s="2" t="s">
         <v>68</v>
       </c>
       <c r="C38" s="8">
         <v>0</v>
       </c>
     </row>
     <row r="39" spans="2:3" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B39" s="2" t="s">
         <v>69</v>
       </c>
       <c r="C39" s="8">
         <v>0</v>
       </c>
     </row>
@@ -1710,54 +1710,54 @@
       <c r="B43" s="2" t="s">
         <v>71</v>
       </c>
       <c r="C43" s="8">
         <v>0</v>
       </c>
     </row>
     <row r="44" spans="2:3" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B44" s="2" t="s">
         <v>72</v>
       </c>
       <c r="C44" s="8">
         <v>0</v>
       </c>
     </row>
     <row r="45" spans="2:3" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B45" s="5" t="s">
         <v>73</v>
       </c>
       <c r="C45" s="12">
         <v>0</v>
       </c>
     </row>
     <row r="46" spans="2:3" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3"/>
     <row r="47" spans="2:3" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B47" s="23" t="s">
+      <c r="B47" s="24" t="s">
         <v>86</v>
       </c>
-      <c r="C47" s="24"/>
+      <c r="C47" s="25"/>
     </row>
     <row r="48" spans="2:3" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B48" s="7" t="s">
         <v>21</v>
       </c>
       <c r="C48" s="8">
         <v>0</v>
       </c>
     </row>
     <row r="49" spans="2:3" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B49" s="7" t="s">
         <v>22</v>
       </c>
       <c r="C49" s="8">
         <v>0</v>
       </c>
     </row>
     <row r="50" spans="2:3" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B50" s="7" t="s">
         <v>23</v>
       </c>
       <c r="C50" s="8">
         <v>0</v>
       </c>
     </row>
@@ -1799,119 +1799,119 @@
       </c>
       <c r="C55" s="8">
         <v>0</v>
       </c>
     </row>
     <row r="56" spans="2:3" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B56" s="11" t="s">
         <v>20</v>
       </c>
       <c r="C56" s="12">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="9">
     <mergeCell ref="B2:C2"/>
     <mergeCell ref="B3:C3"/>
     <mergeCell ref="B47:C47"/>
     <mergeCell ref="B28:C28"/>
     <mergeCell ref="B7:C7"/>
     <mergeCell ref="B4:C4"/>
     <mergeCell ref="B9:C9"/>
     <mergeCell ref="B32:C32"/>
     <mergeCell ref="B36:C36"/>
   </mergeCells>
-  <conditionalFormatting sqref="D2:D3">
-[...8 lines deleted...]
-  </conditionalFormatting>
   <conditionalFormatting sqref="B5">
-    <cfRule type="cellIs" dxfId="3" priority="4" operator="equal">
+    <cfRule type="cellIs" dxfId="5" priority="4" operator="equal">
       <formula>"Select Mode"</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="C5">
-[...3 lines deleted...]
-  </conditionalFormatting>
   <conditionalFormatting sqref="B2:C2">
-    <cfRule type="cellIs" dxfId="1" priority="2" operator="equal">
+    <cfRule type="cellIs" dxfId="4" priority="2" operator="equal">
       <formula>"Enter Business Name"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="B3:C3">
-    <cfRule type="cellIs" dxfId="0" priority="1" operator="equal">
+    <cfRule type="cellIs" dxfId="3" priority="1" operator="equal">
       <formula>"Enter Your Name"</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="B1:D1 B6:D6">
+    <cfRule type="cellIs" dxfId="2" priority="8" operator="equal">
+      <formula>"Enter Tax Year"</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="C5">
+    <cfRule type="cellIs" dxfId="1" priority="3" operator="equal">
+      <formula>"Enter Tax Year"</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="D2:D3">
+    <cfRule type="cellIs" dxfId="0" priority="13" operator="equal">
+      <formula>"Enter Business Name"</formula>
     </cfRule>
   </conditionalFormatting>
   <dataValidations count="1">
     <dataValidation type="whole" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Tax Year" error="Please enter a valid tax year between 2023 and 2099 (woah!)." sqref="B6:D6 B1:D1" xr:uid="{EA01BD8E-13B2-408E-9659-ECF4F1701688}">
       <formula1>2023</formula1>
       <formula2>2099</formula2>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.5" header="0.3" footer="0.3"/>
-  <pageSetup scale="56" orientation="portrait" r:id="rId1"/>
+  <pageSetup scale="71" orientation="portrait" r:id="rId1"/>
   <headerFooter>
-    <oddFooter>&amp;L&amp;D &amp;T&amp;CWCG Simplified Business Ops Worksheet&amp;R&amp;Z&amp;F</oddFooter>
+    <oddFooter>&amp;L&amp;D &amp;T&amp;CWCG Simplified Business Ops Worksheet</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
       <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="2">
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{EA72D8E6-A181-4FFC-B78D-51FDE9B71AD3}">
           <x14:formula1>
             <xm:f>Dropdowns!$A$56:$A$58</xm:f>
           </x14:formula1>
           <xm:sqref>B5</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Tax Year" error="Please enter a valid tax year between 2023 and 2099 (woah!)." xr:uid="{1A53F39E-3C7B-4B5E-A2F3-AD59236FC463}">
           <x14:formula1>
             <xm:f>Dropdowns!$A$52:$A$54</xm:f>
           </x14:formula1>
           <xm:sqref>C5:D5</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{80F50738-CE3A-4E03-A18A-7CFA74244134}">
   <dimension ref="A1:A62"/>
   <sheetViews>
-    <sheetView topLeftCell="A7" workbookViewId="0">
-      <selection activeCell="A51" sqref="A51"/>
+    <sheetView topLeftCell="A31" workbookViewId="0">
+      <selection activeCell="A55" sqref="A55"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="39" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A1" s="3" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="2" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A2" s="3" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="3" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A3" s="3" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="4" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A4" s="3" t="s">
         <v>47</v>
@@ -2127,61 +2127,61 @@
         <v>27</v>
       </c>
     </row>
     <row r="47" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A47" s="1" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="48" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A48" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="49" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A49" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="51" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A51" s="1" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="52" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A52" s="1">
-        <v>2023</v>
+        <v>2024</v>
       </c>
     </row>
     <row r="53" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A53" s="1">
-        <v>2024</v>
+        <v>2025</v>
       </c>
     </row>
     <row r="54" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A54" s="1">
-        <v>2025</v>
+        <v>2026</v>
       </c>
     </row>
     <row r="56" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A56" s="1" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="57" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A57" s="1" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="58" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A58" s="1" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="60" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A60" s="1" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="61" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A61" s="1" t="s">
         <v>94</v>