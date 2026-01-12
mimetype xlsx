--- v0 (2025-10-21)
+++ v1 (2026-01-12)
@@ -1,59 +1,59 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28429"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28526"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Z:\Company Files\82 Templates\9 Masters\All Years Templates\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{176FEB99-1B6A-44DC-9532-8BC1F0BAAA23}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{9FE2AE0B-ED91-4587-8F0C-8B7922F2C9C5}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-28920" yWindow="2310" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Simplifed Biz Ops" sheetId="14" r:id="rId1"/>
     <sheet name="Dropdowns" sheetId="16" state="hidden" r:id="rId2"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="C63" i="14" l="1"/>
   <c r="C11" i="14"/>
   <c r="C65" i="14"/>
 </calcChain>
@@ -768,136 +768,136 @@
         <color rgb="FF7030A0"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>Roth</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">HRA Employer Reimbursement, </t>
     </r>
     <r>
       <rPr>
         <b/>
         <i/>
         <sz val="11"/>
         <color rgb="FF7030A0"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>rare</t>
     </r>
   </si>
   <si>
     <r>
-      <t xml:space="preserve">Pass-Through Entity Tax, pd in 2024 for </t>
+      <t xml:space="preserve">Gross Revenue/Sales on 1099s </t>
     </r>
     <r>
       <rPr>
         <b/>
         <i/>
         <sz val="11"/>
         <color rgb="FF7030A0"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
-      <t>2023 Tax Year</t>
-[...20 lines deleted...]
-      <t xml:space="preserve">Estimated Franchise, Business Taxes for </t>
+      <t>(send copies please)</t>
+    </r>
+  </si>
+  <si>
+    <t>If Yes, what is your cost of goods sold?</t>
+  </si>
+  <si>
+    <t>Q2 Payment/June Payment</t>
+  </si>
+  <si>
+    <t>Q4 Payment/December Payment</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Franchise Tax, pd in 2025 for the </t>
     </r>
     <r>
       <rPr>
         <b/>
         <i/>
         <sz val="11"/>
         <color rgb="FF7030A0"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>2024 Tax Year</t>
     </r>
   </si>
   <si>
     <r>
-      <t xml:space="preserve">Estimated Pass-Through Entity Taxes for </t>
+      <t xml:space="preserve">Pass-Through Entity Tax, pd in 2025 for </t>
     </r>
     <r>
       <rPr>
         <b/>
         <i/>
         <sz val="11"/>
         <color rgb="FF7030A0"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>2024 Tax Year</t>
     </r>
   </si>
   <si>
     <r>
-      <t xml:space="preserve">Gross Revenue/Sales on 1099s </t>
+      <t xml:space="preserve">Estimated Franchise, Business Taxes for </t>
     </r>
     <r>
       <rPr>
         <b/>
         <i/>
         <sz val="11"/>
         <color rgb="FF7030A0"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
-      <t>(send copies please)</t>
-[...9 lines deleted...]
-    <t>Q4 Payment/December Payment</t>
+      <t>2025 Tax Year</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Estimated Pass-Through Entity Taxes for </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="11"/>
+        <color rgb="FF7030A0"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>2025 Tax Year</t>
+    </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="mm/dd/yy;@"/>
   </numFmts>
   <fonts count="11" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FFFF0000"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
@@ -1621,1020 +1621,1020 @@
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0A00-000000000000}">
   <sheetPr>
     <tabColor theme="9" tint="0.59999389629810485"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="B1:I65"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="18" customHeight="1" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="18" customHeight="1" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="3.7109375" style="6" customWidth="1"/>
-[...8 lines deleted...]
-    <col min="10" max="16384" width="9.140625" style="6"/>
+    <col min="1" max="1" width="3.6640625" style="6" customWidth="1"/>
+    <col min="2" max="2" width="50.6640625" style="6" customWidth="1"/>
+    <col min="3" max="3" width="10.6640625" style="7" customWidth="1"/>
+    <col min="4" max="4" width="3.6640625" style="6" customWidth="1"/>
+    <col min="5" max="5" width="50.6640625" style="6" customWidth="1"/>
+    <col min="6" max="6" width="10.6640625" style="6" customWidth="1"/>
+    <col min="7" max="7" width="3.6640625" style="6" customWidth="1"/>
+    <col min="8" max="8" width="50.6640625" style="6" customWidth="1"/>
+    <col min="9" max="9" width="10.6640625" style="6" customWidth="1"/>
+    <col min="10" max="16384" width="9.109375" style="6"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:9" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="1" spans="2:9" ht="9.9" customHeight="1" x14ac:dyDescent="0.3">
       <c r="C1" s="35"/>
       <c r="D1" s="35"/>
       <c r="E1" s="35"/>
       <c r="F1" s="35"/>
       <c r="G1" s="35"/>
       <c r="H1" s="35"/>
       <c r="I1" s="35"/>
     </row>
-    <row r="2" spans="2:9" s="33" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="2" spans="2:9" s="33" customFormat="1" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B2" s="46" t="s">
         <v>107</v>
       </c>
       <c r="C2" s="46"/>
       <c r="D2" s="46"/>
       <c r="E2" s="46"/>
       <c r="F2" s="46"/>
       <c r="G2" s="46"/>
       <c r="H2" s="46"/>
       <c r="I2" s="46"/>
     </row>
-    <row r="3" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="3" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B3" s="36" t="s">
         <v>139</v>
       </c>
       <c r="C3" s="50" t="s">
         <v>143</v>
       </c>
       <c r="D3" s="50"/>
       <c r="E3" s="51" t="s">
         <v>106</v>
       </c>
       <c r="F3" s="51"/>
       <c r="G3" s="34"/>
       <c r="H3" s="34"/>
       <c r="I3" s="34"/>
     </row>
-    <row r="4" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="4" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.3">
       <c r="C4" s="35"/>
       <c r="D4" s="35"/>
       <c r="E4" s="35"/>
       <c r="F4" s="35"/>
       <c r="G4" s="35"/>
       <c r="H4" s="35"/>
       <c r="I4" s="35"/>
     </row>
-    <row r="5" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="5" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B5" s="49" t="s">
         <v>136</v>
       </c>
       <c r="C5" s="49"/>
       <c r="E5" s="47" t="s">
         <v>133</v>
       </c>
       <c r="F5" s="47"/>
       <c r="H5" s="48" t="s">
         <v>135</v>
       </c>
       <c r="I5" s="48"/>
     </row>
-    <row r="6" spans="2:9" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3"/>
-    <row r="7" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="6" spans="2:9" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.35"/>
+    <row r="7" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B7" s="44" t="s">
         <v>80</v>
       </c>
       <c r="C7" s="45"/>
       <c r="E7" s="44" t="s">
         <v>71</v>
       </c>
       <c r="F7" s="45"/>
       <c r="H7" s="44" t="s">
         <v>144</v>
       </c>
       <c r="I7" s="45"/>
     </row>
-    <row r="8" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="8" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B8" s="8" t="s">
-        <v>160</v>
+        <v>156</v>
       </c>
       <c r="C8" s="9">
         <v>0</v>
       </c>
       <c r="E8" s="8" t="s">
         <v>72</v>
       </c>
       <c r="F8" s="9">
         <v>0</v>
       </c>
       <c r="H8" s="8" t="s">
         <v>145</v>
       </c>
       <c r="I8" s="41"/>
     </row>
-    <row r="9" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="9" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B9" s="8" t="s">
         <v>49</v>
       </c>
       <c r="C9" s="9">
         <v>0</v>
       </c>
       <c r="E9" s="8" t="s">
         <v>79</v>
       </c>
       <c r="F9" s="43">
-        <v>45292</v>
+        <v>45658</v>
       </c>
       <c r="H9" s="10" t="s">
-        <v>161</v>
+        <v>157</v>
       </c>
       <c r="I9" s="9">
         <v>0</v>
       </c>
     </row>
-    <row r="10" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="10" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B10" s="10" t="s">
         <v>50</v>
       </c>
       <c r="C10" s="9">
         <v>0</v>
       </c>
       <c r="E10" s="8" t="s">
         <v>120</v>
       </c>
       <c r="F10" s="43">
-        <v>45657</v>
+        <v>46022</v>
       </c>
       <c r="H10" s="8" t="s">
         <v>146</v>
       </c>
       <c r="I10" s="41"/>
     </row>
-    <row r="11" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="11" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B11" s="8" t="s">
         <v>27</v>
       </c>
       <c r="C11" s="11">
         <f>C8+C9-C10</f>
         <v>0</v>
       </c>
       <c r="E11" s="8" t="s">
         <v>15</v>
       </c>
       <c r="F11" s="9">
         <v>0</v>
       </c>
       <c r="H11" s="10" t="s">
         <v>147</v>
       </c>
       <c r="I11" s="41"/>
     </row>
-    <row r="12" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="12" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B12" s="8"/>
       <c r="C12" s="12"/>
       <c r="E12" s="8" t="s">
         <v>16</v>
       </c>
       <c r="F12" s="9">
         <v>0</v>
       </c>
       <c r="H12" s="8" t="s">
         <v>148</v>
       </c>
       <c r="I12" s="41"/>
     </row>
-    <row r="13" spans="2:9" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="13" spans="2:9" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B13" s="13" t="s">
         <v>45</v>
       </c>
       <c r="C13" s="12"/>
       <c r="E13" s="8"/>
       <c r="F13" s="12"/>
       <c r="H13" s="24" t="s">
         <v>149</v>
       </c>
       <c r="I13" s="42"/>
     </row>
-    <row r="14" spans="2:9" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="14" spans="2:9" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B14" s="14" t="s">
         <v>153</v>
       </c>
       <c r="C14" s="9">
         <v>0</v>
       </c>
       <c r="E14" s="8" t="s">
         <v>113</v>
       </c>
       <c r="F14" s="9">
         <v>0</v>
       </c>
     </row>
-    <row r="15" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="15" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B15" s="14" t="s">
         <v>154</v>
       </c>
       <c r="C15" s="9">
         <v>0</v>
       </c>
       <c r="E15" s="8" t="s">
         <v>115</v>
       </c>
       <c r="F15" s="9">
         <v>0</v>
       </c>
       <c r="H15" s="44" t="s">
         <v>134</v>
       </c>
       <c r="I15" s="45"/>
     </row>
-    <row r="16" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="16" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B16" s="14" t="s">
         <v>43</v>
       </c>
       <c r="C16" s="9">
         <v>0</v>
       </c>
       <c r="E16" s="8" t="s">
         <v>114</v>
       </c>
       <c r="F16" s="9">
         <v>0</v>
       </c>
       <c r="H16" s="8" t="s">
         <v>90</v>
       </c>
       <c r="I16" s="9">
         <v>0</v>
       </c>
     </row>
-    <row r="17" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="17" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B17" s="14" t="s">
         <v>84</v>
       </c>
       <c r="C17" s="9">
         <v>0</v>
       </c>
       <c r="E17" s="8" t="s">
         <v>116</v>
       </c>
       <c r="F17" s="9">
         <v>0</v>
       </c>
       <c r="H17" s="8" t="s">
         <v>99</v>
       </c>
       <c r="I17" s="16"/>
     </row>
-    <row r="18" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="18" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B18" s="14" t="s">
         <v>85</v>
       </c>
       <c r="C18" s="9">
         <v>0</v>
       </c>
       <c r="E18" s="8" t="s">
         <v>12</v>
       </c>
       <c r="F18" s="9">
         <v>0</v>
       </c>
       <c r="H18" s="28" t="s">
         <v>100</v>
       </c>
       <c r="I18" s="9">
         <v>0</v>
       </c>
     </row>
-    <row r="19" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="19" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B19" s="14" t="s">
         <v>155</v>
       </c>
       <c r="C19" s="9">
         <v>0</v>
       </c>
       <c r="E19" s="8" t="s">
         <v>17</v>
       </c>
       <c r="F19" s="9">
         <v>0</v>
       </c>
       <c r="H19" s="28" t="s">
         <v>101</v>
       </c>
       <c r="I19" s="9">
         <v>0</v>
       </c>
     </row>
-    <row r="20" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="20" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B20" s="14" t="s">
         <v>86</v>
       </c>
       <c r="C20" s="9">
         <v>0</v>
       </c>
       <c r="E20" s="8" t="s">
         <v>18</v>
       </c>
       <c r="F20" s="9">
         <v>0</v>
       </c>
       <c r="H20" s="28" t="s">
         <v>102</v>
       </c>
       <c r="I20" s="9">
         <v>0</v>
       </c>
     </row>
-    <row r="21" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="21" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B21" s="15"/>
       <c r="C21" s="12"/>
       <c r="E21" s="8" t="s">
         <v>117</v>
       </c>
       <c r="F21" s="9">
         <v>0</v>
       </c>
       <c r="H21" s="8" t="s">
         <v>104</v>
       </c>
       <c r="I21" s="16"/>
     </row>
-    <row r="22" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="22" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B22" s="13" t="s">
         <v>14</v>
       </c>
       <c r="C22" s="12"/>
       <c r="E22" s="8" t="s">
         <v>19</v>
       </c>
       <c r="F22" s="9">
         <v>0</v>
       </c>
       <c r="H22" s="28" t="s">
         <v>118</v>
       </c>
       <c r="I22" s="9">
         <v>0</v>
       </c>
     </row>
-    <row r="23" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="23" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B23" s="14" t="s">
         <v>62</v>
       </c>
       <c r="C23" s="9">
         <v>0</v>
       </c>
       <c r="E23" s="21" t="s">
         <v>20</v>
       </c>
       <c r="F23" s="9">
         <v>0</v>
       </c>
       <c r="H23" s="28" t="s">
         <v>119</v>
       </c>
       <c r="I23" s="9">
         <v>0</v>
       </c>
     </row>
-    <row r="24" spans="2:9" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="24" spans="2:9" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B24" s="14" t="s">
         <v>81</v>
       </c>
       <c r="C24" s="9">
         <v>0</v>
       </c>
       <c r="E24" s="22" t="s">
         <v>21</v>
       </c>
       <c r="F24" s="23">
         <v>0</v>
       </c>
       <c r="H24" s="8" t="s">
         <v>122</v>
       </c>
       <c r="I24" s="16"/>
     </row>
-    <row r="25" spans="2:9" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="25" spans="2:9" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B25" s="14" t="s">
         <v>82</v>
       </c>
       <c r="C25" s="9">
         <v>0</v>
       </c>
       <c r="H25" s="28" t="s">
         <v>129</v>
       </c>
       <c r="I25" s="9">
         <v>0</v>
       </c>
     </row>
-    <row r="26" spans="2:9" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="26" spans="2:9" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B26" s="14" t="s">
         <v>91</v>
       </c>
       <c r="C26" s="9">
         <v>0</v>
       </c>
       <c r="E26" s="44" t="s">
         <v>26</v>
       </c>
       <c r="F26" s="45"/>
       <c r="H26" s="29" t="s">
         <v>130</v>
       </c>
       <c r="I26" s="23">
         <v>0</v>
       </c>
     </row>
-    <row r="27" spans="2:9" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="27" spans="2:9" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B27" s="14" t="s">
         <v>13</v>
       </c>
       <c r="C27" s="9">
         <v>0</v>
       </c>
       <c r="E27" s="8" t="s">
         <v>87</v>
       </c>
       <c r="F27" s="9">
         <v>0</v>
       </c>
       <c r="H27" s="27"/>
       <c r="I27" s="7"/>
     </row>
-    <row r="28" spans="2:9" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="28" spans="2:9" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B28" s="14" t="s">
         <v>1</v>
       </c>
       <c r="C28" s="9">
         <v>0</v>
       </c>
       <c r="E28" s="24" t="s">
         <v>88</v>
       </c>
       <c r="F28" s="25">
         <v>0</v>
       </c>
       <c r="H28" s="37" t="s">
         <v>123</v>
       </c>
       <c r="I28" s="38"/>
     </row>
-    <row r="29" spans="2:9" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="29" spans="2:9" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B29" s="14" t="s">
         <v>61</v>
       </c>
       <c r="C29" s="9">
         <v>0</v>
       </c>
       <c r="H29" s="8" t="s">
         <v>124</v>
       </c>
       <c r="I29" s="26"/>
     </row>
-    <row r="30" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="30" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B30" s="14" t="s">
         <v>52</v>
       </c>
       <c r="C30" s="9">
         <v>0</v>
       </c>
       <c r="E30" s="44" t="s">
         <v>4</v>
       </c>
       <c r="F30" s="45"/>
       <c r="H30" s="28" t="s">
         <v>125</v>
       </c>
       <c r="I30" s="39"/>
     </row>
-    <row r="31" spans="2:9" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="31" spans="2:9" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B31" s="14" t="s">
         <v>53</v>
       </c>
       <c r="C31" s="9">
         <v>0</v>
       </c>
       <c r="E31" s="8" t="s">
         <v>131</v>
       </c>
       <c r="F31" s="9">
         <v>0</v>
       </c>
       <c r="H31" s="29" t="s">
         <v>126</v>
       </c>
       <c r="I31" s="40"/>
     </row>
-    <row r="32" spans="2:9" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="32" spans="2:9" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B32" s="14" t="s">
         <v>92</v>
       </c>
       <c r="C32" s="9">
         <v>0</v>
       </c>
       <c r="E32" s="24" t="s">
         <v>88</v>
       </c>
       <c r="F32" s="25">
         <v>0</v>
       </c>
       <c r="H32" s="27"/>
       <c r="I32" s="7"/>
     </row>
-    <row r="33" spans="2:9" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="33" spans="2:9" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B33" s="14" t="s">
         <v>54</v>
       </c>
       <c r="C33" s="9">
         <v>0</v>
       </c>
       <c r="H33" s="44" t="s">
         <v>128</v>
       </c>
       <c r="I33" s="45"/>
     </row>
-    <row r="34" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="34" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B34" s="14" t="s">
         <v>2</v>
       </c>
       <c r="C34" s="9">
         <v>0</v>
       </c>
       <c r="E34" s="44" t="s">
         <v>89</v>
       </c>
       <c r="F34" s="45"/>
       <c r="H34" s="8" t="s">
         <v>103</v>
       </c>
       <c r="I34" s="31" t="s">
         <v>105</v>
       </c>
     </row>
-    <row r="35" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="35" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B35" s="14" t="s">
         <v>39</v>
       </c>
       <c r="C35" s="9">
         <v>0</v>
       </c>
       <c r="E35" s="2" t="s">
         <v>66</v>
       </c>
       <c r="F35" s="9">
         <v>0</v>
       </c>
       <c r="H35" s="10" t="s">
-        <v>157</v>
+        <v>160</v>
       </c>
       <c r="I35" s="9">
         <v>0</v>
       </c>
     </row>
-    <row r="36" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="36" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B36" s="14" t="s">
         <v>3</v>
       </c>
       <c r="C36" s="9">
         <v>0</v>
       </c>
       <c r="E36" s="2" t="s">
         <v>73</v>
       </c>
       <c r="F36" s="9">
         <v>0</v>
       </c>
       <c r="H36" s="10" t="s">
-        <v>156</v>
+        <v>161</v>
       </c>
       <c r="I36" s="9">
         <v>0</v>
       </c>
     </row>
-    <row r="37" spans="2:9" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="37" spans="2:9" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B37" s="14" t="s">
         <v>98</v>
       </c>
       <c r="C37" s="9">
         <v>0</v>
       </c>
       <c r="E37" s="2" t="s">
         <v>74</v>
       </c>
       <c r="F37" s="9">
         <v>0</v>
       </c>
       <c r="H37" s="32" t="s">
         <v>127</v>
       </c>
       <c r="I37" s="23">
         <v>0</v>
       </c>
     </row>
-    <row r="38" spans="2:9" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="38" spans="2:9" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B38" s="14" t="s">
         <v>93</v>
       </c>
       <c r="C38" s="9">
         <v>0</v>
       </c>
       <c r="E38" s="2" t="s">
         <v>75</v>
       </c>
       <c r="F38" s="9">
         <v>0</v>
       </c>
       <c r="H38" s="30"/>
       <c r="I38" s="7"/>
     </row>
-    <row r="39" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="39" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B39" s="14" t="s">
         <v>57</v>
       </c>
       <c r="C39" s="9">
         <v>0</v>
       </c>
       <c r="E39" s="2"/>
       <c r="F39" s="26"/>
       <c r="H39" s="44" t="s">
         <v>108</v>
       </c>
       <c r="I39" s="45"/>
     </row>
-    <row r="40" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="40" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B40" s="14" t="s">
         <v>94</v>
       </c>
       <c r="C40" s="9">
         <v>0</v>
       </c>
       <c r="E40" s="2" t="s">
         <v>67</v>
       </c>
       <c r="F40" s="9">
         <v>0</v>
       </c>
       <c r="H40" s="8" t="s">
         <v>103</v>
       </c>
       <c r="I40" s="31" t="s">
         <v>105</v>
       </c>
     </row>
-    <row r="41" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="41" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B41" s="14" t="s">
         <v>137</v>
       </c>
       <c r="C41" s="9">
         <v>0</v>
       </c>
       <c r="E41" s="2" t="s">
         <v>76</v>
       </c>
       <c r="F41" s="9">
         <v>0</v>
       </c>
       <c r="H41" s="8" t="s">
-        <v>158</v>
+        <v>162</v>
       </c>
       <c r="I41" s="26"/>
     </row>
-    <row r="42" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="42" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B42" s="14" t="s">
         <v>138</v>
       </c>
       <c r="C42" s="9">
         <v>0</v>
       </c>
       <c r="E42" s="2" t="s">
         <v>77</v>
       </c>
       <c r="F42" s="9">
         <v>0</v>
       </c>
       <c r="H42" s="10" t="s">
         <v>109</v>
       </c>
       <c r="I42" s="9">
         <v>0</v>
       </c>
     </row>
-    <row r="43" spans="2:9" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="43" spans="2:9" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B43" s="14" t="s">
         <v>7</v>
       </c>
       <c r="C43" s="9">
         <v>0</v>
       </c>
       <c r="E43" s="5" t="s">
         <v>78</v>
       </c>
       <c r="F43" s="23">
         <v>0</v>
       </c>
       <c r="H43" s="10" t="s">
         <v>110</v>
       </c>
       <c r="I43" s="9">
         <v>0</v>
       </c>
     </row>
-    <row r="44" spans="2:9" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="44" spans="2:9" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B44" s="14" t="s">
         <v>8</v>
       </c>
       <c r="C44" s="9">
         <v>0</v>
       </c>
       <c r="H44" s="10" t="s">
         <v>111</v>
       </c>
       <c r="I44" s="9">
         <v>0</v>
       </c>
     </row>
-    <row r="45" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="45" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B45" s="14" t="s">
         <v>59</v>
       </c>
       <c r="C45" s="9">
         <v>0</v>
       </c>
       <c r="E45" s="44" t="s">
         <v>132</v>
       </c>
       <c r="F45" s="45"/>
       <c r="H45" s="10" t="s">
         <v>112</v>
       </c>
       <c r="I45" s="9">
         <v>0</v>
       </c>
     </row>
-    <row r="46" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="46" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B46" s="14" t="s">
         <v>97</v>
       </c>
       <c r="C46" s="9">
         <v>0</v>
       </c>
       <c r="E46" s="8" t="s">
         <v>22</v>
       </c>
       <c r="F46" s="9">
         <v>0</v>
       </c>
       <c r="H46" s="8"/>
       <c r="I46" s="26"/>
     </row>
-    <row r="47" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="47" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B47" s="14" t="s">
         <v>9</v>
       </c>
       <c r="C47" s="9">
         <v>0</v>
       </c>
       <c r="E47" s="8" t="s">
         <v>23</v>
       </c>
       <c r="F47" s="9">
         <v>0</v>
       </c>
       <c r="H47" s="8" t="s">
-        <v>159</v>
+        <v>163</v>
       </c>
       <c r="I47" s="26"/>
     </row>
-    <row r="48" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="48" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B48" s="14" t="s">
         <v>0</v>
       </c>
       <c r="C48" s="9">
         <v>0</v>
       </c>
       <c r="E48" s="8" t="s">
         <v>24</v>
       </c>
       <c r="F48" s="9">
         <v>0</v>
       </c>
       <c r="H48" s="10" t="s">
         <v>109</v>
       </c>
       <c r="I48" s="9">
         <v>0</v>
       </c>
     </row>
-    <row r="49" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="49" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B49" s="14" t="s">
         <v>35</v>
       </c>
       <c r="C49" s="9">
         <v>0</v>
       </c>
       <c r="E49" s="8" t="s">
         <v>69</v>
       </c>
       <c r="F49" s="9">
         <v>0</v>
       </c>
       <c r="H49" s="10" t="s">
-        <v>162</v>
+        <v>158</v>
       </c>
       <c r="I49" s="9">
         <v>0</v>
       </c>
     </row>
-    <row r="50" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="50" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B50" s="14" t="s">
         <v>95</v>
       </c>
       <c r="C50" s="9">
         <v>0</v>
       </c>
       <c r="E50" s="8" t="s">
         <v>70</v>
       </c>
       <c r="F50" s="9">
         <v>0</v>
       </c>
       <c r="H50" s="10" t="s">
         <v>111</v>
       </c>
       <c r="I50" s="9">
         <v>0</v>
       </c>
     </row>
-    <row r="51" spans="2:9" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="51" spans="2:9" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B51" s="14" t="s">
         <v>22</v>
       </c>
       <c r="C51" s="9">
         <v>0</v>
       </c>
       <c r="E51" s="8" t="s">
         <v>68</v>
       </c>
       <c r="F51" s="9">
         <v>0</v>
       </c>
       <c r="H51" s="32" t="s">
-        <v>163</v>
+        <v>159</v>
       </c>
       <c r="I51" s="23">
         <v>0</v>
       </c>
     </row>
-    <row r="52" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="52" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B52" s="14" t="s">
         <v>23</v>
       </c>
       <c r="C52" s="9">
         <v>0</v>
       </c>
       <c r="E52" s="8" t="s">
         <v>25</v>
       </c>
       <c r="F52" s="9">
         <v>0</v>
       </c>
     </row>
-    <row r="53" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="53" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B53" s="14" t="s">
         <v>96</v>
       </c>
       <c r="C53" s="9">
         <v>0</v>
       </c>
       <c r="E53" s="21" t="s">
         <v>20</v>
       </c>
       <c r="F53" s="9">
         <v>0</v>
       </c>
     </row>
-    <row r="54" spans="2:9" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="54" spans="2:9" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B54" s="14" t="s">
         <v>121</v>
       </c>
       <c r="C54" s="16"/>
       <c r="E54" s="22" t="s">
         <v>21</v>
       </c>
       <c r="F54" s="23">
         <v>0</v>
       </c>
     </row>
-    <row r="55" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="55" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B55" s="15"/>
       <c r="C55" s="12"/>
     </row>
-    <row r="56" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="56" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B56" s="15" t="s">
         <v>63</v>
       </c>
       <c r="C56" s="12"/>
     </row>
-    <row r="57" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="57" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B57" s="17" t="s">
         <v>28</v>
       </c>
       <c r="C57" s="9">
         <v>0</v>
       </c>
     </row>
-    <row r="58" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="58" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B58" s="17" t="s">
         <v>29</v>
       </c>
       <c r="C58" s="9">
         <v>0</v>
       </c>
     </row>
-    <row r="59" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="59" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B59" s="17" t="s">
         <v>30</v>
       </c>
       <c r="C59" s="9">
         <v>0</v>
       </c>
     </row>
-    <row r="60" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="60" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B60" s="17" t="s">
         <v>31</v>
       </c>
       <c r="C60" s="9">
         <v>0</v>
       </c>
     </row>
-    <row r="61" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="61" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B61" s="17" t="s">
         <v>32</v>
       </c>
       <c r="C61" s="9">
         <v>0</v>
       </c>
     </row>
-    <row r="62" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="62" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B62" s="8"/>
       <c r="C62" s="12"/>
     </row>
-    <row r="63" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="63" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B63" s="18" t="s">
         <v>83</v>
       </c>
       <c r="C63" s="11">
         <f>SUM(C14:C61)-C15</f>
         <v>0</v>
       </c>
     </row>
-    <row r="64" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="64" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B64" s="18"/>
       <c r="C64" s="12"/>
     </row>
-    <row r="65" spans="2:3" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="65" spans="2:3" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B65" s="19" t="s">
         <v>64</v>
       </c>
       <c r="C65" s="20">
         <f>C11-C63</f>
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="B24:B58">
     <sortCondition ref="B23"/>
   </sortState>
   <mergeCells count="16">
     <mergeCell ref="E45:F45"/>
     <mergeCell ref="B2:I2"/>
     <mergeCell ref="E26:F26"/>
     <mergeCell ref="E5:F5"/>
     <mergeCell ref="H5:I5"/>
     <mergeCell ref="B5:C5"/>
     <mergeCell ref="C3:D3"/>
     <mergeCell ref="E3:F3"/>
     <mergeCell ref="H7:I7"/>
     <mergeCell ref="H33:I33"/>
     <mergeCell ref="H15:I15"/>
     <mergeCell ref="H39:I39"/>
@@ -2704,350 +2704,350 @@
           </x14:formula1>
           <xm:sqref>C3:D3</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{1A192C73-7875-4439-8FFD-871AA4034B5B}">
           <x14:formula1>
             <xm:f>Dropdowns!$A$60:$A$62</xm:f>
           </x14:formula1>
           <xm:sqref>I11</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{BAACC365-C0DB-4A60-8B0B-D65DD98CBF0A}">
           <x14:formula1>
             <xm:f>Dropdowns!$A$60:$A$61</xm:f>
           </x14:formula1>
           <xm:sqref>I8 I10 I12 I13</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{80F50738-CE3A-4E03-A18A-7CFA74244134}">
   <dimension ref="A1:A62"/>
   <sheetViews>
-    <sheetView topLeftCell="A22" workbookViewId="0">
-      <selection activeCell="A63" sqref="A63"/>
+    <sheetView topLeftCell="A46" workbookViewId="0">
+      <selection activeCell="A54" sqref="A54"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="39" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:1" x14ac:dyDescent="0.2">
+    <row r="1" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>65</v>
       </c>
     </row>
-    <row r="2" spans="1:1" x14ac:dyDescent="0.2">
+    <row r="2" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>48</v>
       </c>
     </row>
-    <row r="3" spans="1:1" x14ac:dyDescent="0.2">
+    <row r="3" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>49</v>
       </c>
     </row>
-    <row r="4" spans="1:1" x14ac:dyDescent="0.2">
+    <row r="4" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>50</v>
       </c>
     </row>
-    <row r="5" spans="1:1" x14ac:dyDescent="0.2">
+    <row r="5" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="6" spans="1:1" x14ac:dyDescent="0.2">
+    <row r="6" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A6" s="1" t="s">
         <v>33</v>
       </c>
     </row>
-    <row r="7" spans="1:1" x14ac:dyDescent="0.2">
+    <row r="7" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A7" s="1" t="s">
         <v>34</v>
       </c>
     </row>
-    <row r="8" spans="1:1" x14ac:dyDescent="0.2">
+    <row r="8" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A8" s="1" t="s">
         <v>10</v>
       </c>
     </row>
-    <row r="9" spans="1:1" x14ac:dyDescent="0.2">
+    <row r="9" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A9" s="1" t="s">
         <v>36</v>
       </c>
     </row>
-    <row r="10" spans="1:1" x14ac:dyDescent="0.2">
+    <row r="10" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A10" s="4" t="s">
         <v>44</v>
       </c>
     </row>
-    <row r="11" spans="1:1" x14ac:dyDescent="0.2">
+    <row r="11" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A11" s="4" t="s">
         <v>43</v>
       </c>
     </row>
-    <row r="12" spans="1:1" x14ac:dyDescent="0.2">
+    <row r="12" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A12" s="4" t="s">
         <v>42</v>
       </c>
     </row>
-    <row r="13" spans="1:1" x14ac:dyDescent="0.2">
+    <row r="13" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A13" s="4" t="s">
         <v>41</v>
       </c>
     </row>
-    <row r="14" spans="1:1" x14ac:dyDescent="0.2">
+    <row r="14" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A14" s="4" t="s">
         <v>62</v>
       </c>
     </row>
-    <row r="15" spans="1:1" x14ac:dyDescent="0.2">
+    <row r="15" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A15" s="4" t="s">
         <v>47</v>
       </c>
     </row>
-    <row r="16" spans="1:1" x14ac:dyDescent="0.2">
+    <row r="16" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A16" s="4" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="17" spans="1:1" x14ac:dyDescent="0.2">
+    <row r="17" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A17" s="1" t="s">
         <v>37</v>
       </c>
     </row>
-    <row r="18" spans="1:1" x14ac:dyDescent="0.2">
+    <row r="18" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A18" s="1" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="19" spans="1:1" x14ac:dyDescent="0.2">
+    <row r="19" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A19" s="1" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="20" spans="1:1" x14ac:dyDescent="0.2">
+    <row r="20" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A20" s="4" t="s">
         <v>61</v>
       </c>
     </row>
-    <row r="21" spans="1:1" x14ac:dyDescent="0.2">
+    <row r="21" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A21" s="4" t="s">
         <v>52</v>
       </c>
     </row>
-    <row r="22" spans="1:1" x14ac:dyDescent="0.2">
+    <row r="22" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A22" s="4" t="s">
         <v>53</v>
       </c>
     </row>
-    <row r="23" spans="1:1" x14ac:dyDescent="0.2">
+    <row r="23" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A23" s="1" t="s">
         <v>38</v>
       </c>
     </row>
-    <row r="24" spans="1:1" x14ac:dyDescent="0.2">
+    <row r="24" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A24" s="4" t="s">
         <v>54</v>
       </c>
     </row>
-    <row r="25" spans="1:1" x14ac:dyDescent="0.2">
+    <row r="25" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A25" s="1" t="s">
         <v>2</v>
       </c>
     </row>
-    <row r="26" spans="1:1" x14ac:dyDescent="0.2">
+    <row r="26" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A26" s="1" t="s">
         <v>39</v>
       </c>
     </row>
-    <row r="27" spans="1:1" x14ac:dyDescent="0.2">
+    <row r="27" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A27" s="1" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="28" spans="1:1" x14ac:dyDescent="0.2">
+    <row r="28" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A28" s="4" t="s">
         <v>55</v>
       </c>
     </row>
-    <row r="29" spans="1:1" x14ac:dyDescent="0.2">
+    <row r="29" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A29" s="4" t="s">
         <v>56</v>
       </c>
     </row>
-    <row r="30" spans="1:1" x14ac:dyDescent="0.2">
+    <row r="30" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A30" s="4" t="s">
         <v>57</v>
       </c>
     </row>
-    <row r="31" spans="1:1" x14ac:dyDescent="0.2">
+    <row r="31" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A31" s="1" t="s">
         <v>6</v>
       </c>
     </row>
-    <row r="32" spans="1:1" x14ac:dyDescent="0.2">
+    <row r="32" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A32" s="1" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="33" spans="1:1" x14ac:dyDescent="0.2">
+    <row r="33" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A33" s="1" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="34" spans="1:1" x14ac:dyDescent="0.2">
+    <row r="34" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A34" s="1" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="35" spans="1:1" x14ac:dyDescent="0.2">
+    <row r="35" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A35" s="4" t="s">
         <v>58</v>
       </c>
     </row>
-    <row r="36" spans="1:1" x14ac:dyDescent="0.2">
+    <row r="36" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A36" s="4" t="s">
         <v>59</v>
       </c>
     </row>
-    <row r="37" spans="1:1" x14ac:dyDescent="0.2">
+    <row r="37" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A37" s="4" t="s">
         <v>46</v>
       </c>
     </row>
-    <row r="38" spans="1:1" x14ac:dyDescent="0.2">
+    <row r="38" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A38" s="1" t="s">
         <v>9</v>
       </c>
     </row>
-    <row r="39" spans="1:1" x14ac:dyDescent="0.2">
+    <row r="39" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A39" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="40" spans="1:1" x14ac:dyDescent="0.2">
+    <row r="40" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A40" s="1" t="s">
         <v>35</v>
       </c>
     </row>
-    <row r="41" spans="1:1" x14ac:dyDescent="0.2">
+    <row r="41" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A41" s="4" t="s">
         <v>60</v>
       </c>
     </row>
-    <row r="42" spans="1:1" x14ac:dyDescent="0.2">
+    <row r="42" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A42" s="4" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="43" spans="1:1" x14ac:dyDescent="0.2">
+    <row r="43" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A43" s="4" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="44" spans="1:1" x14ac:dyDescent="0.2">
+    <row r="44" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A44" s="4" t="s">
         <v>40</v>
       </c>
     </row>
-    <row r="45" spans="1:1" x14ac:dyDescent="0.2">
+    <row r="45" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A45" s="1" t="s">
         <v>28</v>
       </c>
     </row>
-    <row r="46" spans="1:1" x14ac:dyDescent="0.2">
+    <row r="46" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A46" s="1" t="s">
         <v>29</v>
       </c>
     </row>
-    <row r="47" spans="1:1" x14ac:dyDescent="0.2">
+    <row r="47" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A47" s="1" t="s">
         <v>30</v>
       </c>
     </row>
-    <row r="48" spans="1:1" x14ac:dyDescent="0.2">
+    <row r="48" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A48" s="1" t="s">
         <v>31</v>
       </c>
     </row>
-    <row r="49" spans="1:1" x14ac:dyDescent="0.2">
+    <row r="49" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A49" s="1" t="s">
         <v>32</v>
       </c>
     </row>
-    <row r="51" spans="1:1" x14ac:dyDescent="0.2">
+    <row r="51" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A51" s="1" t="s">
         <v>142</v>
       </c>
     </row>
-    <row r="52" spans="1:1" x14ac:dyDescent="0.2">
+    <row r="52" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A52" s="1">
-        <v>2023</v>
-[...2 lines deleted...]
-    <row r="53" spans="1:1" x14ac:dyDescent="0.2">
+        <v>2024</v>
+      </c>
+    </row>
+    <row r="53" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A53" s="1">
-        <v>2024</v>
-[...2 lines deleted...]
-    <row r="54" spans="1:1" x14ac:dyDescent="0.2">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="54" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A54" s="1">
-        <v>2025</v>
-[...2 lines deleted...]
-    <row r="56" spans="1:1" x14ac:dyDescent="0.2">
+        <v>2026</v>
+      </c>
+    </row>
+    <row r="56" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A56" s="1" t="s">
         <v>139</v>
       </c>
     </row>
-    <row r="57" spans="1:1" x14ac:dyDescent="0.2">
+    <row r="57" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A57" s="1" t="s">
         <v>140</v>
       </c>
     </row>
-    <row r="58" spans="1:1" x14ac:dyDescent="0.2">
+    <row r="58" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A58" s="1" t="s">
         <v>141</v>
       </c>
     </row>
-    <row r="60" spans="1:1" x14ac:dyDescent="0.2">
+    <row r="60" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A60" s="1" t="s">
         <v>150</v>
       </c>
     </row>
-    <row r="61" spans="1:1" x14ac:dyDescent="0.2">
+    <row r="61" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A61" s="1" t="s">
         <v>151</v>
       </c>
     </row>
-    <row r="62" spans="1:1" x14ac:dyDescent="0.2">
+    <row r="62" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A62" s="1" t="s">
         <v>152</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>