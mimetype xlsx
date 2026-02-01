--- v1 (2026-01-12)
+++ v2 (2026-02-01)
@@ -1,59 +1,59 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28526"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28429"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Z:\Company Files\82 Templates\9 Masters\All Years Templates\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Z:\Company Files\82 Templates\0 Tax Templates\2025\Tax\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{9FE2AE0B-ED91-4587-8F0C-8B7922F2C9C5}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{9391E89B-FA79-4E51-A4D5-B9EEC6984725}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="17490" yWindow="2310" windowWidth="21900" windowHeight="28725" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Simplifed Biz Ops" sheetId="14" r:id="rId1"/>
     <sheet name="Dropdowns" sheetId="16" state="hidden" r:id="rId2"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="C63" i="14" l="1"/>
   <c r="C11" i="14"/>
   <c r="C65" i="14"/>
 </calcChain>
@@ -1619,1022 +1619,1024 @@
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0A00-000000000000}">
   <sheetPr>
     <tabColor theme="9" tint="0.59999389629810485"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="B1:I65"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0"/>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <selection activeCell="B2" sqref="B2:I2"/>
+    </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="18" customHeight="1" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="18" customHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="3.6640625" style="6" customWidth="1"/>
-[...8 lines deleted...]
-    <col min="10" max="16384" width="9.109375" style="6"/>
+    <col min="1" max="1" width="3.7109375" style="6" customWidth="1"/>
+    <col min="2" max="2" width="50.7109375" style="6" customWidth="1"/>
+    <col min="3" max="3" width="10.7109375" style="7" customWidth="1"/>
+    <col min="4" max="4" width="3.7109375" style="6" customWidth="1"/>
+    <col min="5" max="5" width="50.7109375" style="6" customWidth="1"/>
+    <col min="6" max="6" width="10.7109375" style="6" customWidth="1"/>
+    <col min="7" max="7" width="3.7109375" style="6" customWidth="1"/>
+    <col min="8" max="8" width="50.7109375" style="6" customWidth="1"/>
+    <col min="9" max="9" width="10.7109375" style="6" customWidth="1"/>
+    <col min="10" max="16384" width="9.140625" style="6"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:9" ht="9.9" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="1" spans="2:9" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.25">
       <c r="C1" s="35"/>
       <c r="D1" s="35"/>
       <c r="E1" s="35"/>
       <c r="F1" s="35"/>
       <c r="G1" s="35"/>
       <c r="H1" s="35"/>
       <c r="I1" s="35"/>
     </row>
-    <row r="2" spans="2:9" s="33" customFormat="1" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="2" spans="2:9" s="33" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B2" s="46" t="s">
         <v>107</v>
       </c>
       <c r="C2" s="46"/>
       <c r="D2" s="46"/>
       <c r="E2" s="46"/>
       <c r="F2" s="46"/>
       <c r="G2" s="46"/>
       <c r="H2" s="46"/>
       <c r="I2" s="46"/>
     </row>
-    <row r="3" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="3" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B3" s="36" t="s">
         <v>139</v>
       </c>
       <c r="C3" s="50" t="s">
         <v>143</v>
       </c>
       <c r="D3" s="50"/>
       <c r="E3" s="51" t="s">
         <v>106</v>
       </c>
       <c r="F3" s="51"/>
       <c r="G3" s="34"/>
       <c r="H3" s="34"/>
       <c r="I3" s="34"/>
     </row>
-    <row r="4" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="4" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="C4" s="35"/>
       <c r="D4" s="35"/>
       <c r="E4" s="35"/>
       <c r="F4" s="35"/>
       <c r="G4" s="35"/>
       <c r="H4" s="35"/>
       <c r="I4" s="35"/>
     </row>
-    <row r="5" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="5" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B5" s="49" t="s">
         <v>136</v>
       </c>
       <c r="C5" s="49"/>
       <c r="E5" s="47" t="s">
         <v>133</v>
       </c>
       <c r="F5" s="47"/>
       <c r="H5" s="48" t="s">
         <v>135</v>
       </c>
       <c r="I5" s="48"/>
     </row>
-    <row r="6" spans="2:9" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.35"/>
-    <row r="7" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="6" spans="2:9" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="7" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B7" s="44" t="s">
         <v>80</v>
       </c>
       <c r="C7" s="45"/>
       <c r="E7" s="44" t="s">
         <v>71</v>
       </c>
       <c r="F7" s="45"/>
       <c r="H7" s="44" t="s">
         <v>144</v>
       </c>
       <c r="I7" s="45"/>
     </row>
-    <row r="8" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="8" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B8" s="8" t="s">
         <v>156</v>
       </c>
       <c r="C8" s="9">
         <v>0</v>
       </c>
       <c r="E8" s="8" t="s">
         <v>72</v>
       </c>
       <c r="F8" s="9">
         <v>0</v>
       </c>
       <c r="H8" s="8" t="s">
         <v>145</v>
       </c>
       <c r="I8" s="41"/>
     </row>
-    <row r="9" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="9" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B9" s="8" t="s">
         <v>49</v>
       </c>
       <c r="C9" s="9">
         <v>0</v>
       </c>
       <c r="E9" s="8" t="s">
         <v>79</v>
       </c>
       <c r="F9" s="43">
         <v>45658</v>
       </c>
       <c r="H9" s="10" t="s">
         <v>157</v>
       </c>
       <c r="I9" s="9">
         <v>0</v>
       </c>
     </row>
-    <row r="10" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="10" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B10" s="10" t="s">
         <v>50</v>
       </c>
       <c r="C10" s="9">
         <v>0</v>
       </c>
       <c r="E10" s="8" t="s">
         <v>120</v>
       </c>
       <c r="F10" s="43">
         <v>46022</v>
       </c>
       <c r="H10" s="8" t="s">
         <v>146</v>
       </c>
       <c r="I10" s="41"/>
     </row>
-    <row r="11" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="11" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B11" s="8" t="s">
         <v>27</v>
       </c>
       <c r="C11" s="11">
         <f>C8+C9-C10</f>
         <v>0</v>
       </c>
       <c r="E11" s="8" t="s">
         <v>15</v>
       </c>
       <c r="F11" s="9">
         <v>0</v>
       </c>
       <c r="H11" s="10" t="s">
         <v>147</v>
       </c>
       <c r="I11" s="41"/>
     </row>
-    <row r="12" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="12" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B12" s="8"/>
       <c r="C12" s="12"/>
       <c r="E12" s="8" t="s">
         <v>16</v>
       </c>
       <c r="F12" s="9">
         <v>0</v>
       </c>
       <c r="H12" s="8" t="s">
         <v>148</v>
       </c>
       <c r="I12" s="41"/>
     </row>
-    <row r="13" spans="2:9" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="13" spans="2:9" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B13" s="13" t="s">
         <v>45</v>
       </c>
       <c r="C13" s="12"/>
       <c r="E13" s="8"/>
       <c r="F13" s="12"/>
       <c r="H13" s="24" t="s">
         <v>149</v>
       </c>
       <c r="I13" s="42"/>
     </row>
-    <row r="14" spans="2:9" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="14" spans="2:9" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B14" s="14" t="s">
         <v>153</v>
       </c>
       <c r="C14" s="9">
         <v>0</v>
       </c>
       <c r="E14" s="8" t="s">
         <v>113</v>
       </c>
       <c r="F14" s="9">
         <v>0</v>
       </c>
     </row>
-    <row r="15" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="15" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B15" s="14" t="s">
         <v>154</v>
       </c>
       <c r="C15" s="9">
         <v>0</v>
       </c>
       <c r="E15" s="8" t="s">
         <v>115</v>
       </c>
       <c r="F15" s="9">
         <v>0</v>
       </c>
       <c r="H15" s="44" t="s">
         <v>134</v>
       </c>
       <c r="I15" s="45"/>
     </row>
-    <row r="16" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="16" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B16" s="14" t="s">
         <v>43</v>
       </c>
       <c r="C16" s="9">
         <v>0</v>
       </c>
       <c r="E16" s="8" t="s">
         <v>114</v>
       </c>
       <c r="F16" s="9">
         <v>0</v>
       </c>
       <c r="H16" s="8" t="s">
         <v>90</v>
       </c>
       <c r="I16" s="9">
         <v>0</v>
       </c>
     </row>
-    <row r="17" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="17" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B17" s="14" t="s">
         <v>84</v>
       </c>
       <c r="C17" s="9">
         <v>0</v>
       </c>
       <c r="E17" s="8" t="s">
         <v>116</v>
       </c>
       <c r="F17" s="9">
         <v>0</v>
       </c>
       <c r="H17" s="8" t="s">
         <v>99</v>
       </c>
       <c r="I17" s="16"/>
     </row>
-    <row r="18" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="18" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B18" s="14" t="s">
         <v>85</v>
       </c>
       <c r="C18" s="9">
         <v>0</v>
       </c>
       <c r="E18" s="8" t="s">
         <v>12</v>
       </c>
       <c r="F18" s="9">
         <v>0</v>
       </c>
       <c r="H18" s="28" t="s">
         <v>100</v>
       </c>
       <c r="I18" s="9">
         <v>0</v>
       </c>
     </row>
-    <row r="19" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="19" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B19" s="14" t="s">
         <v>155</v>
       </c>
       <c r="C19" s="9">
         <v>0</v>
       </c>
       <c r="E19" s="8" t="s">
         <v>17</v>
       </c>
       <c r="F19" s="9">
         <v>0</v>
       </c>
       <c r="H19" s="28" t="s">
         <v>101</v>
       </c>
       <c r="I19" s="9">
         <v>0</v>
       </c>
     </row>
-    <row r="20" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="20" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B20" s="14" t="s">
         <v>86</v>
       </c>
       <c r="C20" s="9">
         <v>0</v>
       </c>
       <c r="E20" s="8" t="s">
         <v>18</v>
       </c>
       <c r="F20" s="9">
         <v>0</v>
       </c>
       <c r="H20" s="28" t="s">
         <v>102</v>
       </c>
       <c r="I20" s="9">
         <v>0</v>
       </c>
     </row>
-    <row r="21" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="21" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B21" s="15"/>
       <c r="C21" s="12"/>
       <c r="E21" s="8" t="s">
         <v>117</v>
       </c>
       <c r="F21" s="9">
         <v>0</v>
       </c>
       <c r="H21" s="8" t="s">
         <v>104</v>
       </c>
       <c r="I21" s="16"/>
     </row>
-    <row r="22" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="22" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B22" s="13" t="s">
         <v>14</v>
       </c>
       <c r="C22" s="12"/>
       <c r="E22" s="8" t="s">
         <v>19</v>
       </c>
       <c r="F22" s="9">
         <v>0</v>
       </c>
       <c r="H22" s="28" t="s">
         <v>118</v>
       </c>
       <c r="I22" s="9">
         <v>0</v>
       </c>
     </row>
-    <row r="23" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="23" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B23" s="14" t="s">
         <v>62</v>
       </c>
       <c r="C23" s="9">
         <v>0</v>
       </c>
       <c r="E23" s="21" t="s">
         <v>20</v>
       </c>
       <c r="F23" s="9">
         <v>0</v>
       </c>
       <c r="H23" s="28" t="s">
         <v>119</v>
       </c>
       <c r="I23" s="9">
         <v>0</v>
       </c>
     </row>
-    <row r="24" spans="2:9" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="24" spans="2:9" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B24" s="14" t="s">
         <v>81</v>
       </c>
       <c r="C24" s="9">
         <v>0</v>
       </c>
       <c r="E24" s="22" t="s">
         <v>21</v>
       </c>
       <c r="F24" s="23">
         <v>0</v>
       </c>
       <c r="H24" s="8" t="s">
         <v>122</v>
       </c>
       <c r="I24" s="16"/>
     </row>
-    <row r="25" spans="2:9" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="25" spans="2:9" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B25" s="14" t="s">
         <v>82</v>
       </c>
       <c r="C25" s="9">
         <v>0</v>
       </c>
       <c r="H25" s="28" t="s">
         <v>129</v>
       </c>
       <c r="I25" s="9">
         <v>0</v>
       </c>
     </row>
-    <row r="26" spans="2:9" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="26" spans="2:9" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B26" s="14" t="s">
         <v>91</v>
       </c>
       <c r="C26" s="9">
         <v>0</v>
       </c>
       <c r="E26" s="44" t="s">
         <v>26</v>
       </c>
       <c r="F26" s="45"/>
       <c r="H26" s="29" t="s">
         <v>130</v>
       </c>
       <c r="I26" s="23">
         <v>0</v>
       </c>
     </row>
-    <row r="27" spans="2:9" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="27" spans="2:9" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B27" s="14" t="s">
         <v>13</v>
       </c>
       <c r="C27" s="9">
         <v>0</v>
       </c>
       <c r="E27" s="8" t="s">
         <v>87</v>
       </c>
       <c r="F27" s="9">
         <v>0</v>
       </c>
       <c r="H27" s="27"/>
       <c r="I27" s="7"/>
     </row>
-    <row r="28" spans="2:9" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="28" spans="2:9" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B28" s="14" t="s">
         <v>1</v>
       </c>
       <c r="C28" s="9">
         <v>0</v>
       </c>
       <c r="E28" s="24" t="s">
         <v>88</v>
       </c>
       <c r="F28" s="25">
         <v>0</v>
       </c>
       <c r="H28" s="37" t="s">
         <v>123</v>
       </c>
       <c r="I28" s="38"/>
     </row>
-    <row r="29" spans="2:9" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="29" spans="2:9" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B29" s="14" t="s">
         <v>61</v>
       </c>
       <c r="C29" s="9">
         <v>0</v>
       </c>
       <c r="H29" s="8" t="s">
         <v>124</v>
       </c>
       <c r="I29" s="26"/>
     </row>
-    <row r="30" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="30" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B30" s="14" t="s">
         <v>52</v>
       </c>
       <c r="C30" s="9">
         <v>0</v>
       </c>
       <c r="E30" s="44" t="s">
         <v>4</v>
       </c>
       <c r="F30" s="45"/>
       <c r="H30" s="28" t="s">
         <v>125</v>
       </c>
       <c r="I30" s="39"/>
     </row>
-    <row r="31" spans="2:9" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="31" spans="2:9" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B31" s="14" t="s">
         <v>53</v>
       </c>
       <c r="C31" s="9">
         <v>0</v>
       </c>
       <c r="E31" s="8" t="s">
         <v>131</v>
       </c>
       <c r="F31" s="9">
         <v>0</v>
       </c>
       <c r="H31" s="29" t="s">
         <v>126</v>
       </c>
       <c r="I31" s="40"/>
     </row>
-    <row r="32" spans="2:9" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="32" spans="2:9" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B32" s="14" t="s">
         <v>92</v>
       </c>
       <c r="C32" s="9">
         <v>0</v>
       </c>
       <c r="E32" s="24" t="s">
         <v>88</v>
       </c>
       <c r="F32" s="25">
         <v>0</v>
       </c>
       <c r="H32" s="27"/>
       <c r="I32" s="7"/>
     </row>
-    <row r="33" spans="2:9" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="33" spans="2:9" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B33" s="14" t="s">
         <v>54</v>
       </c>
       <c r="C33" s="9">
         <v>0</v>
       </c>
       <c r="H33" s="44" t="s">
         <v>128</v>
       </c>
       <c r="I33" s="45"/>
     </row>
-    <row r="34" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="34" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B34" s="14" t="s">
         <v>2</v>
       </c>
       <c r="C34" s="9">
         <v>0</v>
       </c>
       <c r="E34" s="44" t="s">
         <v>89</v>
       </c>
       <c r="F34" s="45"/>
       <c r="H34" s="8" t="s">
         <v>103</v>
       </c>
       <c r="I34" s="31" t="s">
         <v>105</v>
       </c>
     </row>
-    <row r="35" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="35" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B35" s="14" t="s">
         <v>39</v>
       </c>
       <c r="C35" s="9">
         <v>0</v>
       </c>
       <c r="E35" s="2" t="s">
         <v>66</v>
       </c>
       <c r="F35" s="9">
         <v>0</v>
       </c>
       <c r="H35" s="10" t="s">
         <v>160</v>
       </c>
       <c r="I35" s="9">
         <v>0</v>
       </c>
     </row>
-    <row r="36" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="36" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B36" s="14" t="s">
         <v>3</v>
       </c>
       <c r="C36" s="9">
         <v>0</v>
       </c>
       <c r="E36" s="2" t="s">
         <v>73</v>
       </c>
       <c r="F36" s="9">
         <v>0</v>
       </c>
       <c r="H36" s="10" t="s">
         <v>161</v>
       </c>
       <c r="I36" s="9">
         <v>0</v>
       </c>
     </row>
-    <row r="37" spans="2:9" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="37" spans="2:9" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B37" s="14" t="s">
         <v>98</v>
       </c>
       <c r="C37" s="9">
         <v>0</v>
       </c>
       <c r="E37" s="2" t="s">
         <v>74</v>
       </c>
       <c r="F37" s="9">
         <v>0</v>
       </c>
       <c r="H37" s="32" t="s">
         <v>127</v>
       </c>
       <c r="I37" s="23">
         <v>0</v>
       </c>
     </row>
-    <row r="38" spans="2:9" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="38" spans="2:9" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B38" s="14" t="s">
         <v>93</v>
       </c>
       <c r="C38" s="9">
         <v>0</v>
       </c>
       <c r="E38" s="2" t="s">
         <v>75</v>
       </c>
       <c r="F38" s="9">
         <v>0</v>
       </c>
       <c r="H38" s="30"/>
       <c r="I38" s="7"/>
     </row>
-    <row r="39" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="39" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B39" s="14" t="s">
         <v>57</v>
       </c>
       <c r="C39" s="9">
         <v>0</v>
       </c>
       <c r="E39" s="2"/>
       <c r="F39" s="26"/>
       <c r="H39" s="44" t="s">
         <v>108</v>
       </c>
       <c r="I39" s="45"/>
     </row>
-    <row r="40" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="40" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B40" s="14" t="s">
         <v>94</v>
       </c>
       <c r="C40" s="9">
         <v>0</v>
       </c>
       <c r="E40" s="2" t="s">
         <v>67</v>
       </c>
       <c r="F40" s="9">
         <v>0</v>
       </c>
       <c r="H40" s="8" t="s">
         <v>103</v>
       </c>
       <c r="I40" s="31" t="s">
         <v>105</v>
       </c>
     </row>
-    <row r="41" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="41" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B41" s="14" t="s">
         <v>137</v>
       </c>
       <c r="C41" s="9">
         <v>0</v>
       </c>
       <c r="E41" s="2" t="s">
         <v>76</v>
       </c>
       <c r="F41" s="9">
         <v>0</v>
       </c>
       <c r="H41" s="8" t="s">
         <v>162</v>
       </c>
       <c r="I41" s="26"/>
     </row>
-    <row r="42" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="42" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B42" s="14" t="s">
         <v>138</v>
       </c>
       <c r="C42" s="9">
         <v>0</v>
       </c>
       <c r="E42" s="2" t="s">
         <v>77</v>
       </c>
       <c r="F42" s="9">
         <v>0</v>
       </c>
       <c r="H42" s="10" t="s">
         <v>109</v>
       </c>
       <c r="I42" s="9">
         <v>0</v>
       </c>
     </row>
-    <row r="43" spans="2:9" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="43" spans="2:9" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B43" s="14" t="s">
         <v>7</v>
       </c>
       <c r="C43" s="9">
         <v>0</v>
       </c>
       <c r="E43" s="5" t="s">
         <v>78</v>
       </c>
       <c r="F43" s="23">
         <v>0</v>
       </c>
       <c r="H43" s="10" t="s">
         <v>110</v>
       </c>
       <c r="I43" s="9">
         <v>0</v>
       </c>
     </row>
-    <row r="44" spans="2:9" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="44" spans="2:9" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B44" s="14" t="s">
         <v>8</v>
       </c>
       <c r="C44" s="9">
         <v>0</v>
       </c>
       <c r="H44" s="10" t="s">
         <v>111</v>
       </c>
       <c r="I44" s="9">
         <v>0</v>
       </c>
     </row>
-    <row r="45" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="45" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B45" s="14" t="s">
         <v>59</v>
       </c>
       <c r="C45" s="9">
         <v>0</v>
       </c>
       <c r="E45" s="44" t="s">
         <v>132</v>
       </c>
       <c r="F45" s="45"/>
       <c r="H45" s="10" t="s">
         <v>112</v>
       </c>
       <c r="I45" s="9">
         <v>0</v>
       </c>
     </row>
-    <row r="46" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="46" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B46" s="14" t="s">
         <v>97</v>
       </c>
       <c r="C46" s="9">
         <v>0</v>
       </c>
       <c r="E46" s="8" t="s">
         <v>22</v>
       </c>
       <c r="F46" s="9">
         <v>0</v>
       </c>
       <c r="H46" s="8"/>
       <c r="I46" s="26"/>
     </row>
-    <row r="47" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="47" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B47" s="14" t="s">
         <v>9</v>
       </c>
       <c r="C47" s="9">
         <v>0</v>
       </c>
       <c r="E47" s="8" t="s">
         <v>23</v>
       </c>
       <c r="F47" s="9">
         <v>0</v>
       </c>
       <c r="H47" s="8" t="s">
         <v>163</v>
       </c>
       <c r="I47" s="26"/>
     </row>
-    <row r="48" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="48" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B48" s="14" t="s">
         <v>0</v>
       </c>
       <c r="C48" s="9">
         <v>0</v>
       </c>
       <c r="E48" s="8" t="s">
         <v>24</v>
       </c>
       <c r="F48" s="9">
         <v>0</v>
       </c>
       <c r="H48" s="10" t="s">
         <v>109</v>
       </c>
       <c r="I48" s="9">
         <v>0</v>
       </c>
     </row>
-    <row r="49" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="49" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B49" s="14" t="s">
         <v>35</v>
       </c>
       <c r="C49" s="9">
         <v>0</v>
       </c>
       <c r="E49" s="8" t="s">
         <v>69</v>
       </c>
       <c r="F49" s="9">
         <v>0</v>
       </c>
       <c r="H49" s="10" t="s">
         <v>158</v>
       </c>
       <c r="I49" s="9">
         <v>0</v>
       </c>
     </row>
-    <row r="50" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="50" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B50" s="14" t="s">
         <v>95</v>
       </c>
       <c r="C50" s="9">
         <v>0</v>
       </c>
       <c r="E50" s="8" t="s">
         <v>70</v>
       </c>
       <c r="F50" s="9">
         <v>0</v>
       </c>
       <c r="H50" s="10" t="s">
         <v>111</v>
       </c>
       <c r="I50" s="9">
         <v>0</v>
       </c>
     </row>
-    <row r="51" spans="2:9" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="51" spans="2:9" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B51" s="14" t="s">
         <v>22</v>
       </c>
       <c r="C51" s="9">
         <v>0</v>
       </c>
       <c r="E51" s="8" t="s">
         <v>68</v>
       </c>
       <c r="F51" s="9">
         <v>0</v>
       </c>
       <c r="H51" s="32" t="s">
         <v>159</v>
       </c>
       <c r="I51" s="23">
         <v>0</v>
       </c>
     </row>
-    <row r="52" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="52" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B52" s="14" t="s">
         <v>23</v>
       </c>
       <c r="C52" s="9">
         <v>0</v>
       </c>
       <c r="E52" s="8" t="s">
         <v>25</v>
       </c>
       <c r="F52" s="9">
         <v>0</v>
       </c>
     </row>
-    <row r="53" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="53" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B53" s="14" t="s">
         <v>96</v>
       </c>
       <c r="C53" s="9">
         <v>0</v>
       </c>
       <c r="E53" s="21" t="s">
         <v>20</v>
       </c>
       <c r="F53" s="9">
         <v>0</v>
       </c>
     </row>
-    <row r="54" spans="2:9" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="54" spans="2:9" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B54" s="14" t="s">
         <v>121</v>
       </c>
       <c r="C54" s="16"/>
       <c r="E54" s="22" t="s">
         <v>21</v>
       </c>
       <c r="F54" s="23">
         <v>0</v>
       </c>
     </row>
-    <row r="55" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="55" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B55" s="15"/>
       <c r="C55" s="12"/>
     </row>
-    <row r="56" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="56" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B56" s="15" t="s">
         <v>63</v>
       </c>
       <c r="C56" s="12"/>
     </row>
-    <row r="57" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="57" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B57" s="17" t="s">
         <v>28</v>
       </c>
       <c r="C57" s="9">
         <v>0</v>
       </c>
     </row>
-    <row r="58" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="58" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B58" s="17" t="s">
         <v>29</v>
       </c>
       <c r="C58" s="9">
         <v>0</v>
       </c>
     </row>
-    <row r="59" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="59" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B59" s="17" t="s">
         <v>30</v>
       </c>
       <c r="C59" s="9">
         <v>0</v>
       </c>
     </row>
-    <row r="60" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="60" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B60" s="17" t="s">
         <v>31</v>
       </c>
       <c r="C60" s="9">
         <v>0</v>
       </c>
     </row>
-    <row r="61" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="61" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B61" s="17" t="s">
         <v>32</v>
       </c>
       <c r="C61" s="9">
         <v>0</v>
       </c>
     </row>
-    <row r="62" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="62" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B62" s="8"/>
       <c r="C62" s="12"/>
     </row>
-    <row r="63" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="63" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B63" s="18" t="s">
         <v>83</v>
       </c>
       <c r="C63" s="11">
         <f>SUM(C14:C61)-C15</f>
         <v>0</v>
       </c>
     </row>
-    <row r="64" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="64" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B64" s="18"/>
       <c r="C64" s="12"/>
     </row>
-    <row r="65" spans="2:3" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="65" spans="2:3" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B65" s="19" t="s">
         <v>64</v>
       </c>
       <c r="C65" s="20">
         <f>C11-C63</f>
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="B24:B58">
     <sortCondition ref="B23"/>
   </sortState>
   <mergeCells count="16">
     <mergeCell ref="E45:F45"/>
     <mergeCell ref="B2:I2"/>
     <mergeCell ref="E26:F26"/>
     <mergeCell ref="E5:F5"/>
     <mergeCell ref="H5:I5"/>
     <mergeCell ref="B5:C5"/>
     <mergeCell ref="C3:D3"/>
     <mergeCell ref="E3:F3"/>
     <mergeCell ref="H7:I7"/>
     <mergeCell ref="H33:I33"/>
     <mergeCell ref="H15:I15"/>
     <mergeCell ref="H39:I39"/>
@@ -2663,391 +2665,391 @@
       <formula>"Enter Tax Year"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="I8 I10:I13">
     <cfRule type="cellIs" dxfId="2" priority="1" operator="equal">
       <formula>""</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="I34">
     <cfRule type="cellIs" dxfId="1" priority="8" operator="equal">
       <formula>"Enter State"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="I40">
     <cfRule type="cellIs" dxfId="0" priority="7" operator="equal">
       <formula>"Enter State"</formula>
     </cfRule>
   </conditionalFormatting>
   <dataValidations count="1">
     <dataValidation type="whole" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Tax Year" error="Please enter a valid tax year between 2023 and 2099 (woah!)." sqref="C4:I4 C1:I1" xr:uid="{EA01BD8E-13B2-408E-9659-ECF4F1701688}">
       <formula1>2023</formula1>
       <formula2>2099</formula2>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.5" header="0.3" footer="0.3"/>
-  <pageSetup scale="56" orientation="portrait" r:id="rId1"/>
+  <pageSetup scale="53" orientation="portrait" r:id="rId1"/>
   <headerFooter>
-    <oddFooter>&amp;L&amp;D &amp;T&amp;CWCG Simplified Business Ops Worksheet&amp;R&amp;Z&amp;F</oddFooter>
+    <oddFooter>&amp;L&amp;D &amp;T&amp;CWCG Simplified Business Ops Worksheet</oddFooter>
   </headerFooter>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
       <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="4">
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{EA72D8E6-A181-4FFC-B78D-51FDE9B71AD3}">
           <x14:formula1>
             <xm:f>Dropdowns!$A$56:$A$58</xm:f>
           </x14:formula1>
           <xm:sqref>B3</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Tax Year" error="Please enter a valid tax year between 2023 and 2099 (woah!)." xr:uid="{1A53F39E-3C7B-4B5E-A2F3-AD59236FC463}">
           <x14:formula1>
             <xm:f>Dropdowns!$A$52:$A$54</xm:f>
           </x14:formula1>
           <xm:sqref>C3:D3</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{1A192C73-7875-4439-8FFD-871AA4034B5B}">
           <x14:formula1>
             <xm:f>Dropdowns!$A$60:$A$62</xm:f>
           </x14:formula1>
           <xm:sqref>I11</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{BAACC365-C0DB-4A60-8B0B-D65DD98CBF0A}">
           <x14:formula1>
             <xm:f>Dropdowns!$A$60:$A$61</xm:f>
           </x14:formula1>
           <xm:sqref>I8 I10 I12 I13</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{80F50738-CE3A-4E03-A18A-7CFA74244134}">
   <dimension ref="A1:A62"/>
   <sheetViews>
     <sheetView topLeftCell="A46" workbookViewId="0">
       <selection activeCell="A54" sqref="A54"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="39" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A1" s="3" t="s">
         <v>65</v>
       </c>
     </row>
-    <row r="2" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A2" s="3" t="s">
         <v>48</v>
       </c>
     </row>
-    <row r="3" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A3" s="3" t="s">
         <v>49</v>
       </c>
     </row>
-    <row r="4" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A4" s="3" t="s">
         <v>50</v>
       </c>
     </row>
-    <row r="5" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A5" s="3" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="6" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A6" s="1" t="s">
         <v>33</v>
       </c>
     </row>
-    <row r="7" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A7" s="1" t="s">
         <v>34</v>
       </c>
     </row>
-    <row r="8" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A8" s="1" t="s">
         <v>10</v>
       </c>
     </row>
-    <row r="9" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A9" s="1" t="s">
         <v>36</v>
       </c>
     </row>
-    <row r="10" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A10" s="4" t="s">
         <v>44</v>
       </c>
     </row>
-    <row r="11" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A11" s="4" t="s">
         <v>43</v>
       </c>
     </row>
-    <row r="12" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A12" s="4" t="s">
         <v>42</v>
       </c>
     </row>
-    <row r="13" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A13" s="4" t="s">
         <v>41</v>
       </c>
     </row>
-    <row r="14" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A14" s="4" t="s">
         <v>62</v>
       </c>
     </row>
-    <row r="15" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A15" s="4" t="s">
         <v>47</v>
       </c>
     </row>
-    <row r="16" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A16" s="4" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="17" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A17" s="1" t="s">
         <v>37</v>
       </c>
     </row>
-    <row r="18" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="18" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A18" s="1" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="19" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A19" s="1" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="20" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="20" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A20" s="4" t="s">
         <v>61</v>
       </c>
     </row>
-    <row r="21" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="21" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A21" s="4" t="s">
         <v>52</v>
       </c>
     </row>
-    <row r="22" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="22" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A22" s="4" t="s">
         <v>53</v>
       </c>
     </row>
-    <row r="23" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="23" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A23" s="1" t="s">
         <v>38</v>
       </c>
     </row>
-    <row r="24" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="24" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A24" s="4" t="s">
         <v>54</v>
       </c>
     </row>
-    <row r="25" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="25" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A25" s="1" t="s">
         <v>2</v>
       </c>
     </row>
-    <row r="26" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="26" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A26" s="1" t="s">
         <v>39</v>
       </c>
     </row>
-    <row r="27" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="27" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A27" s="1" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="28" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="28" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A28" s="4" t="s">
         <v>55</v>
       </c>
     </row>
-    <row r="29" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="29" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A29" s="4" t="s">
         <v>56</v>
       </c>
     </row>
-    <row r="30" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="30" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A30" s="4" t="s">
         <v>57</v>
       </c>
     </row>
-    <row r="31" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="31" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A31" s="1" t="s">
         <v>6</v>
       </c>
     </row>
-    <row r="32" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="32" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A32" s="1" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="33" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="33" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A33" s="1" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="34" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="34" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A34" s="1" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="35" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="35" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A35" s="4" t="s">
         <v>58</v>
       </c>
     </row>
-    <row r="36" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="36" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A36" s="4" t="s">
         <v>59</v>
       </c>
     </row>
-    <row r="37" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="37" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A37" s="4" t="s">
         <v>46</v>
       </c>
     </row>
-    <row r="38" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="38" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A38" s="1" t="s">
         <v>9</v>
       </c>
     </row>
-    <row r="39" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="39" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A39" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="40" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="40" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A40" s="1" t="s">
         <v>35</v>
       </c>
     </row>
-    <row r="41" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="41" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A41" s="4" t="s">
         <v>60</v>
       </c>
     </row>
-    <row r="42" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="42" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A42" s="4" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="43" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="43" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A43" s="4" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="44" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="44" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A44" s="4" t="s">
         <v>40</v>
       </c>
     </row>
-    <row r="45" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="45" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A45" s="1" t="s">
         <v>28</v>
       </c>
     </row>
-    <row r="46" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="46" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A46" s="1" t="s">
         <v>29</v>
       </c>
     </row>
-    <row r="47" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="47" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A47" s="1" t="s">
         <v>30</v>
       </c>
     </row>
-    <row r="48" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="48" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A48" s="1" t="s">
         <v>31</v>
       </c>
     </row>
-    <row r="49" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="49" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A49" s="1" t="s">
         <v>32</v>
       </c>
     </row>
-    <row r="51" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="51" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A51" s="1" t="s">
         <v>142</v>
       </c>
     </row>
-    <row r="52" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="52" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A52" s="1">
         <v>2024</v>
       </c>
     </row>
-    <row r="53" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="53" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A53" s="1">
         <v>2025</v>
       </c>
     </row>
-    <row r="54" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="54" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A54" s="1">
         <v>2026</v>
       </c>
     </row>
-    <row r="56" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="56" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A56" s="1" t="s">
         <v>139</v>
       </c>
     </row>
-    <row r="57" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="57" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A57" s="1" t="s">
         <v>140</v>
       </c>
     </row>
-    <row r="58" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="58" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A58" s="1" t="s">
         <v>141</v>
       </c>
     </row>
-    <row r="60" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="60" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A60" s="1" t="s">
         <v>150</v>
       </c>
     </row>
-    <row r="61" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="61" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A61" s="1" t="s">
         <v>151</v>
       </c>
     </row>
-    <row r="62" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="62" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A62" s="1" t="s">
         <v>152</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>